--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1021A3D4-A854-418F-93D6-07FFD6F48933}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D7954FDF-4153-4BCF-AA79-BBCB4AC3C885}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CPD" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="16">
@@ -69,54 +69,54 @@
   <si>
     <t>Patrocinados</t>
   </si>
   <si>
     <t>Directos</t>
   </si>
   <si>
     <t>Warrants</t>
   </si>
   <si>
     <t>Otros</t>
   </si>
   <si>
     <t>Volumen nominal</t>
   </si>
   <si>
     <t>Tasa Promedio</t>
   </si>
   <si>
     <t>Plazo Promedio (días)</t>
   </si>
   <si>
     <t>Sin datos</t>
   </si>
   <si>
-    <t>Período Febrero 2015 - Octubre 2025</t>
+    <t>Período Febrero 2015 - Diciembre 2025</t>
   </si>
   <si>
-    <t>Fecha de actualización: 15/11/2025</t>
+    <t>Fecha de actualización: 15/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
     <numFmt numFmtId="166" formatCode="#,##0.00_ ;\-#,##0.00\ "/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -801,57 +801,57 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:P175"/>
+  <dimension ref="A1:P177"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <pane xSplit="1" ySplit="9" topLeftCell="B126" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="9" topLeftCell="B130" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="E138" sqref="E138"/>
+      <selection pane="bottomRight" activeCell="O140" sqref="O140"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.33203125" style="4" customWidth="1"/>
     <col min="2" max="2" width="11.44140625" style="4" customWidth="1"/>
     <col min="3" max="3" width="15.5546875" style="4" customWidth="1"/>
     <col min="4" max="6" width="11.44140625" style="4" customWidth="1"/>
     <col min="7" max="7" width="12.33203125" style="4" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="12.33203125" style="4" customWidth="1"/>
     <col min="9" max="9" width="13.21875" style="4" customWidth="1"/>
     <col min="10" max="13" width="11.44140625" style="4" customWidth="1"/>
     <col min="14" max="14" width="11.44140625" style="26" customWidth="1"/>
     <col min="15" max="16" width="11.44140625" style="4" customWidth="1"/>
     <col min="17" max="16384" width="11.44140625" style="4" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="24.6" x14ac:dyDescent="0.65">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -5816,87 +5816,153 @@
       </c>
       <c r="E138" s="17">
         <v>68.542942220224276</v>
       </c>
       <c r="F138" s="18">
         <v>0</v>
       </c>
       <c r="G138" s="16"/>
       <c r="H138" s="17"/>
       <c r="I138" s="18">
         <v>660956.82446871896</v>
       </c>
       <c r="J138" s="16">
         <v>0.60107750192691567</v>
       </c>
       <c r="K138" s="17">
         <v>40.735196708366402</v>
       </c>
       <c r="L138" s="18"/>
       <c r="M138" s="16"/>
       <c r="N138" s="17"/>
       <c r="O138" s="19">
         <v>0</v>
       </c>
     </row>
-    <row r="139" spans="2:15" ht="15.6" x14ac:dyDescent="0.4"/>
-[...3 lines deleted...]
-    <row r="143" spans="2:15" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="139" spans="2:15" ht="15.6" x14ac:dyDescent="0.4">
+      <c r="B139" s="20">
+        <v>45962</v>
+      </c>
+      <c r="C139" s="21">
+        <v>286092.57225889002</v>
+      </c>
+      <c r="D139" s="22">
+        <v>0.30672233741848065</v>
+      </c>
+      <c r="E139" s="23">
+        <v>77.555196816254465</v>
+      </c>
+      <c r="F139" s="24">
+        <v>0</v>
+      </c>
+      <c r="G139" s="22"/>
+      <c r="H139" s="23"/>
+      <c r="I139" s="27">
+        <v>717640.75871158799</v>
+      </c>
+      <c r="J139" s="22">
+        <v>0.47809949940959118</v>
+      </c>
+      <c r="K139" s="23">
+        <v>46.165501741245372</v>
+      </c>
+      <c r="L139" s="24"/>
+      <c r="M139" s="22"/>
+      <c r="N139" s="23"/>
+      <c r="O139" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" spans="2:15" ht="15.6" x14ac:dyDescent="0.4">
+      <c r="B140" s="14">
+        <v>45992</v>
+      </c>
+      <c r="C140" s="15">
+        <v>313894.36770384997</v>
+      </c>
+      <c r="D140" s="16">
+        <v>0.27471965337725057</v>
+      </c>
+      <c r="E140" s="17">
+        <v>80.105779683685753</v>
+      </c>
+      <c r="F140" s="18"/>
+      <c r="G140" s="16"/>
+      <c r="H140" s="17"/>
+      <c r="I140" s="18">
+        <v>674189.87168885802</v>
+      </c>
+      <c r="J140" s="16">
+        <v>0.38886525179482084</v>
+      </c>
+      <c r="K140" s="17">
+        <v>46.315321884667391</v>
+      </c>
+      <c r="L140" s="18"/>
+      <c r="M140" s="16"/>
+      <c r="N140" s="17"/>
+      <c r="O140" s="19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="141" spans="2:15" ht="15.6" x14ac:dyDescent="0.4"/>
+    <row r="142" spans="2:15" ht="15.6" x14ac:dyDescent="0.4"/>
+    <row r="143" spans="2:15" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="144" spans="2:15" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="145" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="146" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="147" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="148" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="149" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="150" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="151" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="152" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="153" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="154" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="155" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="156" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="157" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="158" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="159" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="160" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="161" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="162" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="163" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="164" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="165" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="166" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="167" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="168" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="169" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="170" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="171" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="172" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="173" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="174" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="175" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="176" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="177" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="F8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>