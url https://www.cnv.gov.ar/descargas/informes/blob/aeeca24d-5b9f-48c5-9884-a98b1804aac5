--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D7954FDF-4153-4BCF-AA79-BBCB4AC3C885}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{91E7ED36-0629-42A1-9484-5DFA9281291D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CPD" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="16">
@@ -69,54 +69,54 @@
   <si>
     <t>Patrocinados</t>
   </si>
   <si>
     <t>Directos</t>
   </si>
   <si>
     <t>Warrants</t>
   </si>
   <si>
     <t>Otros</t>
   </si>
   <si>
     <t>Volumen nominal</t>
   </si>
   <si>
     <t>Tasa Promedio</t>
   </si>
   <si>
     <t>Plazo Promedio (días)</t>
   </si>
   <si>
     <t>Sin datos</t>
   </si>
   <si>
-    <t>Período Febrero 2015 - Diciembre 2025</t>
+    <t>Fecha de actualización: 15/02/2026</t>
   </si>
   <si>
-    <t>Fecha de actualización: 15/01/2026</t>
+    <t>Período Febrero 2015 - Enero 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
     <numFmt numFmtId="166" formatCode="#,##0.00_ ;\-#,##0.00\ "/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -801,119 +801,119 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:P177"/>
+  <dimension ref="A1:P178"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="1" ySplit="9" topLeftCell="B130" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="O140" sqref="O140"/>
+      <selection pane="bottomRight" activeCell="M141" sqref="M141"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.33203125" style="4" customWidth="1"/>
     <col min="2" max="2" width="11.44140625" style="4" customWidth="1"/>
     <col min="3" max="3" width="15.5546875" style="4" customWidth="1"/>
     <col min="4" max="6" width="11.44140625" style="4" customWidth="1"/>
     <col min="7" max="7" width="12.33203125" style="4" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="12.33203125" style="4" customWidth="1"/>
     <col min="9" max="9" width="13.21875" style="4" customWidth="1"/>
     <col min="10" max="13" width="11.44140625" style="4" customWidth="1"/>
     <col min="14" max="14" width="11.44140625" style="26" customWidth="1"/>
     <col min="15" max="16" width="11.44140625" style="4" customWidth="1"/>
     <col min="17" max="16384" width="11.44140625" style="4" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="24.6" x14ac:dyDescent="0.65">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
     </row>
     <row r="2" spans="1:16" ht="17.399999999999999" x14ac:dyDescent="0.45">
       <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
     </row>
     <row r="3" spans="1:16" ht="16.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
       <c r="O3" s="2"/>
       <c r="P3" s="2"/>
     </row>
     <row r="4" spans="1:16" ht="15.6" x14ac:dyDescent="0.4">
       <c r="N4" s="4"/>
     </row>
     <row r="5" spans="1:16" ht="15.6" x14ac:dyDescent="0.4">
       <c r="B5" s="7" t="s">
         <v>2</v>
       </c>
       <c r="N5" s="4"/>
@@ -5863,106 +5863,142 @@
         <v>0.47809949940959118</v>
       </c>
       <c r="K139" s="23">
         <v>46.165501741245372</v>
       </c>
       <c r="L139" s="24"/>
       <c r="M139" s="22"/>
       <c r="N139" s="23"/>
       <c r="O139" s="25">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="2:15" ht="15.6" x14ac:dyDescent="0.4">
       <c r="B140" s="14">
         <v>45992</v>
       </c>
       <c r="C140" s="15">
         <v>313894.36770384997</v>
       </c>
       <c r="D140" s="16">
         <v>0.27471965337725057</v>
       </c>
       <c r="E140" s="17">
         <v>80.105779683685753</v>
       </c>
-      <c r="F140" s="18"/>
+      <c r="F140" s="18">
+        <v>0</v>
+      </c>
       <c r="G140" s="16"/>
       <c r="H140" s="17"/>
       <c r="I140" s="18">
         <v>674189.87168885802</v>
       </c>
       <c r="J140" s="16">
         <v>0.38886525179482084</v>
       </c>
       <c r="K140" s="17">
         <v>46.315321884667391</v>
       </c>
       <c r="L140" s="18"/>
       <c r="M140" s="16"/>
       <c r="N140" s="17"/>
       <c r="O140" s="19">
         <v>0</v>
       </c>
     </row>
-    <row r="141" spans="2:15" ht="15.6" x14ac:dyDescent="0.4"/>
+    <row r="141" spans="2:15" ht="15.6" x14ac:dyDescent="0.4">
+      <c r="B141" s="20">
+        <v>46023</v>
+      </c>
+      <c r="C141" s="21">
+        <v>272334.98768416001</v>
+      </c>
+      <c r="D141" s="22">
+        <v>0.29913001210784629</v>
+      </c>
+      <c r="E141" s="23">
+        <v>78.051728537031636</v>
+      </c>
+      <c r="F141" s="24">
+        <v>0</v>
+      </c>
+      <c r="G141" s="22"/>
+      <c r="H141" s="23"/>
+      <c r="I141" s="27">
+        <v>549510.40384754899</v>
+      </c>
+      <c r="J141" s="22">
+        <v>0.39908342478284414</v>
+      </c>
+      <c r="K141" s="23">
+        <v>44.444545818664935</v>
+      </c>
+      <c r="L141" s="24"/>
+      <c r="M141" s="22"/>
+      <c r="N141" s="23"/>
+      <c r="O141" s="25">
+        <v>0</v>
+      </c>
+    </row>
     <row r="142" spans="2:15" ht="15.6" x14ac:dyDescent="0.4"/>
-    <row r="143" spans="2:15" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
-    <row r="144" spans="2:15" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="143" spans="2:15" ht="15.6" x14ac:dyDescent="0.4"/>
+    <row r="144" spans="2:15" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="145" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="146" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="147" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="148" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="149" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="150" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="151" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="152" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="153" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="154" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="155" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="156" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="157" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="158" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="159" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="160" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="161" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="162" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="163" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="164" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="165" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="166" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="167" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="168" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="169" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="170" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="171" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="172" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="173" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="174" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="175" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="176" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="177" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="178" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="F8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:N8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>