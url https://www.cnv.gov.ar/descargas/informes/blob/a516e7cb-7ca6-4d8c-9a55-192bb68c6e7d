--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6038935C-C774-43BA-8FE3-172DDE0E0A86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C86A17A0-3267-4077-BE28-9DC2633835B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Financiamiento PyME" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
@@ -61,54 +61,54 @@
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>Obligaciones Negociables</t>
   </si>
   <si>
     <t>Fideicomisos Financieros</t>
   </si>
   <si>
     <t>CPD Avalados</t>
   </si>
   <si>
     <t>CPD Directos</t>
   </si>
   <si>
     <t>Pagarés</t>
   </si>
   <si>
     <t>FCE</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>Fecha de actualización: 15/11/2025</t>
+    <t>Período Febrero 2015 - Diciembre 2025</t>
   </si>
   <si>
-    <t>Período Febrero 2015 - Octubre 2025</t>
+    <t>Fecha de actualización: 15/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -466,51 +466,51 @@
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabla147" displayName="Tabla147" ref="B7:I136" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabla147" displayName="Tabla147" ref="B7:I138" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Mes" dataDxfId="7"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Obligaciones Negociables" dataDxfId="6"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Fideicomisos Financieros" dataDxfId="5"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="CPD Avalados" dataDxfId="4"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="CPD Directos" dataDxfId="3"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Pagarés" dataDxfId="2"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="FCE" dataDxfId="1"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="TOTAL" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="CNV 2024">
       <a:dk1>
         <a:srgbClr val="242C4F"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="45658D"/>
       </a:lt1>
       <a:dk2>
@@ -772,104 +772,104 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J138"/>
+  <dimension ref="A1:J140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="2" ySplit="7" topLeftCell="C129" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="A4" sqref="A4"/>
+      <selection pane="bottomRight" activeCell="I132" sqref="I132"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="4.33203125" style="3" customWidth="1"/>
     <col min="2" max="2" width="11.44140625" style="3" customWidth="1"/>
     <col min="3" max="3" width="17.33203125" style="3" customWidth="1"/>
     <col min="4" max="4" width="18.33203125" style="3" customWidth="1"/>
     <col min="5" max="6" width="18.44140625" style="3" customWidth="1"/>
     <col min="7" max="9" width="11.44140625" style="3" customWidth="1"/>
     <col min="10" max="10" width="11.5546875" style="3" customWidth="1"/>
     <col min="11" max="16384" width="11.44140625" style="3" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="24.6" x14ac:dyDescent="0.65">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
     </row>
     <row r="2" spans="1:10" ht="19.2" x14ac:dyDescent="0.5">
       <c r="A2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
     </row>
     <row r="3" spans="1:10" ht="19.2" x14ac:dyDescent="0.5">
       <c r="A3" s="4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
     </row>
     <row r="4" spans="1:10" ht="19.2" x14ac:dyDescent="0.5">
       <c r="A4" s="6"/>
       <c r="B4" s="6"/>
       <c r="C4" s="6"/>
       <c r="D4" s="6"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="6"/>
       <c r="H4" s="6"/>
       <c r="I4" s="6"/>
       <c r="J4" s="6"/>
     </row>
     <row r="5" spans="1:10" ht="19.2" x14ac:dyDescent="0.5">
       <c r="A5" s="6"/>
@@ -4517,71 +4517,127 @@
       <c r="C136" s="11">
         <v>30497.26686222</v>
       </c>
       <c r="D136" s="11">
         <v>6530.9799949999997</v>
       </c>
       <c r="E136" s="11">
         <v>252081.28027265015</v>
       </c>
       <c r="F136" s="11">
         <v>132708.33145125015</v>
       </c>
       <c r="G136" s="11">
         <v>969338.49862608034</v>
       </c>
       <c r="H136" s="11">
         <v>38382.889610140832</v>
       </c>
       <c r="I136" s="12">
         <v>1429539.2468173413</v>
       </c>
       <c r="J136" s="6"/>
     </row>
     <row r="137" spans="1:10" ht="19.2" x14ac:dyDescent="0.5">
       <c r="A137" s="6"/>
-      <c r="B137" s="10"/>
-[...6 lines deleted...]
-      <c r="I137" s="12"/>
+      <c r="B137" s="10">
+        <v>45962</v>
+      </c>
+      <c r="C137" s="11">
+        <v>14403.1801</v>
+      </c>
+      <c r="D137" s="11">
+        <v>13823.716591</v>
+      </c>
+      <c r="E137" s="11">
+        <v>286092.57225889014</v>
+      </c>
+      <c r="F137" s="11">
+        <v>138770.07285625028</v>
+      </c>
+      <c r="G137" s="11">
+        <v>1080927.7804122427</v>
+      </c>
+      <c r="H137" s="11">
+        <v>36658.215663517833</v>
+      </c>
+      <c r="I137" s="12">
+        <v>1570675.537881901</v>
+      </c>
       <c r="J137" s="6"/>
     </row>
     <row r="138" spans="1:10" ht="19.2" x14ac:dyDescent="0.5">
       <c r="A138" s="6"/>
-      <c r="B138" s="13"/>
-[...6 lines deleted...]
-      <c r="I138" s="14"/>
+      <c r="B138" s="10">
+        <v>45992</v>
+      </c>
+      <c r="C138" s="11">
+        <v>18955.813054680002</v>
+      </c>
+      <c r="D138" s="11">
+        <v>30812.424510480003</v>
+      </c>
+      <c r="E138" s="11">
+        <v>313894.36770384968</v>
+      </c>
+      <c r="F138" s="11">
+        <v>135859.47739867959</v>
+      </c>
+      <c r="G138" s="11">
+        <v>1312247.2251193824</v>
+      </c>
+      <c r="H138" s="11">
+        <v>44013.626810298418</v>
+      </c>
+      <c r="I138" s="12">
+        <v>1855782.9345973702</v>
+      </c>
       <c r="J138" s="6"/>
+    </row>
+    <row r="139" spans="1:10" ht="19.2" x14ac:dyDescent="0.5">
+      <c r="A139" s="6"/>
+      <c r="B139" s="10"/>
+      <c r="C139" s="11"/>
+      <c r="D139" s="11"/>
+      <c r="E139" s="11"/>
+      <c r="F139" s="11"/>
+      <c r="G139" s="11"/>
+      <c r="H139" s="11"/>
+      <c r="I139" s="12"/>
+      <c r="J139" s="6"/>
+    </row>
+    <row r="140" spans="1:10" ht="19.2" x14ac:dyDescent="0.5">
+      <c r="A140" s="6"/>
+      <c r="B140" s="13"/>
+      <c r="C140" s="14"/>
+      <c r="D140" s="14"/>
+      <c r="E140" s="14"/>
+      <c r="F140" s="14"/>
+      <c r="G140" s="14"/>
+      <c r="H140" s="14"/>
+      <c r="I140" s="14"/>
+      <c r="J140" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>