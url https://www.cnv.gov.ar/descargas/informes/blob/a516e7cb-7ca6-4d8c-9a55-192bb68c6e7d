--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29628"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C86A17A0-3267-4077-BE28-9DC2633835B5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0801DF6C-EBCE-40A6-84EC-1925F5D39948}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Financiamiento PyME" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
@@ -61,54 +61,54 @@
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>Obligaciones Negociables</t>
   </si>
   <si>
     <t>Fideicomisos Financieros</t>
   </si>
   <si>
     <t>CPD Avalados</t>
   </si>
   <si>
     <t>CPD Directos</t>
   </si>
   <si>
     <t>Pagarés</t>
   </si>
   <si>
     <t>FCE</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
-    <t>Período Febrero 2015 - Diciembre 2025</t>
+    <t>Período Febrero 2015 - Enero 2026</t>
   </si>
   <si>
-    <t>Fecha de actualización: 15/01/2026</t>
+    <t>Fecha de actualización: 15/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -466,51 +466,51 @@
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabla147" displayName="Tabla147" ref="B7:I138" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabla147" displayName="Tabla147" ref="B7:I139" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Mes" dataDxfId="7"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Obligaciones Negociables" dataDxfId="6"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Fideicomisos Financieros" dataDxfId="5"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="CPD Avalados" dataDxfId="4"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="CPD Directos" dataDxfId="3"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Pagarés" dataDxfId="2"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="FCE" dataDxfId="1"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="TOTAL" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="CNV 2024">
       <a:dk1>
         <a:srgbClr val="242C4F"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="45658D"/>
       </a:lt1>
       <a:dk2>
@@ -775,54 +775,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:J140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="7" topLeftCell="C129" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="7" topLeftCell="C131" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="I132" sqref="I132"/>
+      <selection pane="bottomRight" activeCell="J3" sqref="J3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.5"/>
   <cols>
     <col min="1" max="1" width="4.33203125" style="3" customWidth="1"/>
     <col min="2" max="2" width="11.44140625" style="3" customWidth="1"/>
     <col min="3" max="3" width="17.33203125" style="3" customWidth="1"/>
     <col min="4" max="4" width="18.33203125" style="3" customWidth="1"/>
     <col min="5" max="6" width="18.44140625" style="3" customWidth="1"/>
     <col min="7" max="9" width="11.44140625" style="3" customWidth="1"/>
     <col min="10" max="10" width="11.5546875" style="3" customWidth="1"/>
     <col min="11" max="16384" width="11.44140625" style="3" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="24.6" x14ac:dyDescent="0.65">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
@@ -4573,58 +4573,74 @@
       <c r="C138" s="11">
         <v>18955.813054680002</v>
       </c>
       <c r="D138" s="11">
         <v>30812.424510480003</v>
       </c>
       <c r="E138" s="11">
         <v>313894.36770384968</v>
       </c>
       <c r="F138" s="11">
         <v>135859.47739867959</v>
       </c>
       <c r="G138" s="11">
         <v>1312247.2251193824</v>
       </c>
       <c r="H138" s="11">
         <v>44013.626810298418</v>
       </c>
       <c r="I138" s="12">
         <v>1855782.9345973702</v>
       </c>
       <c r="J138" s="6"/>
     </row>
     <row r="139" spans="1:10" ht="19.2" x14ac:dyDescent="0.5">
       <c r="A139" s="6"/>
-      <c r="B139" s="10"/>
-[...6 lines deleted...]
-      <c r="I139" s="12"/>
+      <c r="B139" s="10">
+        <v>46023</v>
+      </c>
+      <c r="C139" s="11">
+        <v>147250.07272582001</v>
+      </c>
+      <c r="D139" s="11">
+        <v>2882.9920000000002</v>
+      </c>
+      <c r="E139" s="11">
+        <v>272334.98768415989</v>
+      </c>
+      <c r="F139" s="11">
+        <v>151028.38187574013</v>
+      </c>
+      <c r="G139" s="11">
+        <v>967490.46308520483</v>
+      </c>
+      <c r="H139" s="11">
+        <v>45845.621471962542</v>
+      </c>
+      <c r="I139" s="12">
+        <v>1586832.5188428871</v>
+      </c>
       <c r="J139" s="6"/>
     </row>
     <row r="140" spans="1:10" ht="19.2" x14ac:dyDescent="0.5">
       <c r="A140" s="6"/>
       <c r="B140" s="13"/>
       <c r="C140" s="14"/>
       <c r="D140" s="14"/>
       <c r="E140" s="14"/>
       <c r="F140" s="14"/>
       <c r="G140" s="14"/>
       <c r="H140" s="14"/>
       <c r="I140" s="14"/>
       <c r="J140" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">