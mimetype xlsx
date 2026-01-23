--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -1,57 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C0144CE3-0FA0-48E7-A2AE-5247DDBF8FC7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E70699C-2152-4320-B1F0-00FD4466A34B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FCIC" sheetId="4" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="68">
   <si>
     <t>Emisión de Fondos Comunes de Inversión Cerrados (FCIC)</t>
   </si>
   <si>
     <t>Fuente: CNV</t>
   </si>
   <si>
     <t>Fecha Colocación</t>
   </si>
   <si>
     <t>Fecha de Emisión</t>
   </si>
   <si>
     <t>Agente de Administración</t>
   </si>
   <si>
     <t>Denominación FCIC</t>
   </si>
   <si>
     <t>Moneda</t>
@@ -210,60 +223,60 @@
   <si>
     <t>Adblick Ganadería Fondo Común de Inversión Cerrado Agropecuario Tramo II</t>
   </si>
   <si>
     <t>Allaria Fondos Administrados Sociedad Gerente de Fondos Comunes de Inversión S.A.</t>
   </si>
   <si>
     <t>Adblick Granos Plus Fondo Común de Inversión Cerrado Agropecuario Tramo II</t>
   </si>
   <si>
     <t>Dracma Fondo Común de Inversión Cerrado Inmobiliario Tramo III</t>
   </si>
   <si>
     <t>IEB S.A.</t>
   </si>
   <si>
     <t>Fondo Común de Inversión Cerrado Inmobiliario Puerto Nizuc</t>
   </si>
   <si>
     <t>Adblick Ganadería Fondo Común de Inversión Cerrado Agropecuario Tramo III</t>
   </si>
   <si>
     <t>Adblick Granos Plus Fondo Común de Inversión Cerrado Agropecuario Tramo III</t>
   </si>
   <si>
-    <t>Período Diciembre 2016 - Octubre 2025</t>
-[...4 lines deleted...]
-  <si>
     <t>Allaria Fondos Administrados SGFCI S.A.</t>
   </si>
   <si>
     <t>Allaria Lendar FCIC de Créditos Tercer Tramo</t>
+  </si>
+  <si>
+    <t>Período Diciembre 2016 - Diciembre 2025</t>
+  </si>
+  <si>
+    <t>Fecha de actualización: 15/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
     <numFmt numFmtId="166" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -938,88 +951,90 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K54"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" topLeftCell="A13" workbookViewId="0">
+      <selection activeCell="C38" sqref="C38"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.5" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="3.5546875" style="2" customWidth="1"/>
     <col min="2" max="2" width="12.6640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="13.88671875" style="2" customWidth="1"/>
     <col min="4" max="4" width="44.88671875" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="69.33203125" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="20" style="2" customWidth="1"/>
     <col min="8" max="8" width="17.88671875" style="2" customWidth="1"/>
     <col min="9" max="9" width="15" style="2" customWidth="1"/>
     <col min="10" max="10" width="9.5546875" style="2" customWidth="1"/>
     <col min="11" max="11" width="11.44140625" style="2" customWidth="1"/>
     <col min="12" max="16384" width="11.44140625" style="2" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="21.6" x14ac:dyDescent="0.5">
       <c r="A1" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="15"/>
       <c r="C1" s="15"/>
       <c r="D1" s="15"/>
       <c r="E1" s="15"/>
       <c r="F1" s="15"/>
       <c r="G1" s="15"/>
       <c r="H1" s="15"/>
       <c r="I1" s="16" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2" spans="1:11" ht="14.4" x14ac:dyDescent="0.35">
       <c r="A2" s="17" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B2" s="15"/>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
       <c r="E2" s="15"/>
       <c r="F2" s="15"/>
       <c r="G2" s="15"/>
       <c r="H2" s="15"/>
       <c r="I2" s="15"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
     </row>
     <row r="3" spans="1:11" ht="14.4" x14ac:dyDescent="0.35"/>
     <row r="4" spans="1:11" ht="14.4" x14ac:dyDescent="0.35">
       <c r="B4" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="14.4" x14ac:dyDescent="0.35"/>
     <row r="6" spans="1:11" ht="43.2" x14ac:dyDescent="0.35">
       <c r="B6" s="18" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="18" t="s">
         <v>3</v>
@@ -1898,56 +1913,58 @@
         <v>60</v>
       </c>
       <c r="E36" s="12" t="s">
         <v>61</v>
       </c>
       <c r="F36" s="6" t="s">
         <v>30</v>
       </c>
       <c r="G36" s="7">
         <v>2.66</v>
       </c>
       <c r="H36" s="8">
         <v>20000000000</v>
       </c>
       <c r="I36" s="6" t="s">
         <v>14</v>
       </c>
       <c r="J36" s="8">
         <v>103.63333333333334</v>
       </c>
     </row>
     <row r="37" spans="2:10" ht="14.4" x14ac:dyDescent="0.35">
       <c r="B37" s="11">
         <v>45946</v>
       </c>
-      <c r="C37" s="11"/>
+      <c r="C37" s="11">
+        <v>45950</v>
+      </c>
       <c r="D37" s="12" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E37" s="12" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F37" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="7">
         <v>1</v>
       </c>
       <c r="H37" s="8">
         <v>3109211</v>
       </c>
       <c r="I37" s="6" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="8">
         <v>133.93333333333334</v>
       </c>
     </row>
     <row r="38" spans="2:10" ht="14.4" x14ac:dyDescent="0.35">
       <c r="B38" s="11"/>
       <c r="C38" s="11"/>
       <c r="D38" s="12"/>
       <c r="E38" s="12"/>
       <c r="F38" s="6"/>
       <c r="G38" s="7"/>
       <c r="H38" s="8"/>