--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5E70699C-2152-4320-B1F0-00FD4466A34B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8E544766-3633-443F-AE05-A0E64A264A66}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FCIC" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="138" uniqueCount="68">
@@ -229,54 +229,54 @@
   <si>
     <t>Adblick Granos Plus Fondo Común de Inversión Cerrado Agropecuario Tramo II</t>
   </si>
   <si>
     <t>Dracma Fondo Común de Inversión Cerrado Inmobiliario Tramo III</t>
   </si>
   <si>
     <t>IEB S.A.</t>
   </si>
   <si>
     <t>Fondo Común de Inversión Cerrado Inmobiliario Puerto Nizuc</t>
   </si>
   <si>
     <t>Adblick Ganadería Fondo Común de Inversión Cerrado Agropecuario Tramo III</t>
   </si>
   <si>
     <t>Adblick Granos Plus Fondo Común de Inversión Cerrado Agropecuario Tramo III</t>
   </si>
   <si>
     <t>Allaria Fondos Administrados SGFCI S.A.</t>
   </si>
   <si>
     <t>Allaria Lendar FCIC de Créditos Tercer Tramo</t>
   </si>
   <si>
-    <t>Período Diciembre 2016 - Diciembre 2025</t>
-[...2 lines deleted...]
-    <t>Fecha de actualización: 15/01/2026</t>
+    <t>Período Diciembre 2016 - Enero 2026</t>
+  </si>
+  <si>
+    <t>Fecha de actualización: 15/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
     <numFmt numFmtId="166" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -951,52 +951,52 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:K54"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A13" workbookViewId="0">
-      <selection activeCell="C38" sqref="C38"/>
+    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.5" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="3.5546875" style="2" customWidth="1"/>
     <col min="2" max="2" width="12.6640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="13.88671875" style="2" customWidth="1"/>
     <col min="4" max="4" width="44.88671875" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="69.33203125" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.109375" style="2" customWidth="1"/>
     <col min="7" max="7" width="20" style="2" customWidth="1"/>
     <col min="8" max="8" width="17.88671875" style="2" customWidth="1"/>
     <col min="9" max="9" width="15" style="2" customWidth="1"/>
     <col min="10" max="10" width="9.5546875" style="2" customWidth="1"/>
     <col min="11" max="11" width="11.44140625" style="2" customWidth="1"/>
     <col min="12" max="16384" width="11.44140625" style="2" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="21.6" x14ac:dyDescent="0.5">
       <c r="A1" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="15"/>
       <c r="C1" s="15"/>
       <c r="D1" s="15"/>