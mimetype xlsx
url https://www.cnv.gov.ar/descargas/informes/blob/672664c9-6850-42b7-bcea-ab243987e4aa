--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BFC9AFD2-8141-4FEB-92B1-06CF0A1A3D40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0789C8C-E030-48B6-955C-CD1EBB0561C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FCE" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -78,54 +78,54 @@
   </si>
   <si>
     <t>En U$S</t>
   </si>
   <si>
     <t>Total en $</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Plazo promedio
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="2"/>
         <rFont val="Lora"/>
       </rPr>
       <t>(días)</t>
     </r>
   </si>
   <si>
-    <t>Fecha de actualización: 15/11/2025</t>
+    <t>Período Julio 2019 - Diciembre 2025</t>
   </si>
   <si>
-    <t>Período Julio 2019 - Octubre 2025</t>
+    <t>Fecha de actualización: 15/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -825,91 +825,91 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J141"/>
+  <dimension ref="A1:J143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="2" ySplit="8" topLeftCell="C76" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
-      <selection pane="bottomRight" activeCell="D79" sqref="D79"/>
+      <selection pane="bottomRight" activeCell="J86" sqref="J86"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="7" customWidth="1"/>
     <col min="2" max="2" width="11.6640625" style="7" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.5546875" style="7" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.88671875" style="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.88671875" style="7" customWidth="1"/>
     <col min="6" max="7" width="11.44140625" style="7" customWidth="1"/>
     <col min="8" max="9" width="10.6640625" style="7" customWidth="1"/>
     <col min="10" max="10" width="11.44140625" style="7" customWidth="1"/>
     <col min="11" max="16384" width="11.44140625" style="7" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="4" customFormat="1" ht="24.6" x14ac:dyDescent="0.65">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
     </row>
     <row r="2" spans="1:10" s="4" customFormat="1" ht="15.6" x14ac:dyDescent="0.4">
       <c r="A2" s="5" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
     </row>
     <row r="3" spans="1:10" ht="15.6" x14ac:dyDescent="0.4"/>
     <row r="4" spans="1:10" ht="15.6" x14ac:dyDescent="0.4">
       <c r="B4" s="8" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="15.6" x14ac:dyDescent="0.4">
       <c r="B5" s="8" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="16.2" thickBot="1" x14ac:dyDescent="0.45"/>
     <row r="7" spans="1:10" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B7" s="27" t="s">
@@ -2904,54 +2904,104 @@
       <c r="B84" s="20">
         <v>45931</v>
       </c>
       <c r="C84" s="21">
         <v>35554284171.750031</v>
       </c>
       <c r="D84" s="22">
         <v>1975255.54</v>
       </c>
       <c r="E84" s="23">
         <v>38382889610.140831</v>
       </c>
       <c r="F84" s="24">
         <v>0.5018738485494475</v>
       </c>
       <c r="G84" s="25">
         <v>0.10286050486881983</v>
       </c>
       <c r="H84" s="26">
         <v>33.291394513263079</v>
       </c>
       <c r="I84" s="23">
         <v>39.067031258771173</v>
       </c>
     </row>
-    <row r="85" spans="2:9" ht="15.6" x14ac:dyDescent="0.4"/>
-[...2 lines deleted...]
-    <row r="88" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
+    <row r="85" spans="2:9" ht="15.6" x14ac:dyDescent="0.4">
+      <c r="B85" s="12">
+        <v>45962</v>
+      </c>
+      <c r="C85" s="13">
+        <v>34857744919.290024</v>
+      </c>
+      <c r="D85" s="14">
+        <v>1261171.5800000012</v>
+      </c>
+      <c r="E85" s="15">
+        <v>36658215663.51783</v>
+      </c>
+      <c r="F85" s="16">
+        <v>0.32890922578074117</v>
+      </c>
+      <c r="G85" s="17">
+        <v>0.12273033607147532</v>
+      </c>
+      <c r="H85" s="18">
+        <v>31.496498626291853</v>
+      </c>
+      <c r="I85" s="15">
+        <v>52.741783262399025</v>
+      </c>
+    </row>
+    <row r="86" spans="2:9" ht="15.6" x14ac:dyDescent="0.4">
+      <c r="B86" s="20">
+        <v>45992</v>
+      </c>
+      <c r="C86" s="21">
+        <v>40629044890.100014</v>
+      </c>
+      <c r="D86" s="22">
+        <v>28061833.41398222</v>
+      </c>
+      <c r="E86" s="23">
+        <v>44013626810.298416</v>
+      </c>
+      <c r="F86" s="24">
+        <v>0.27624081859771321</v>
+      </c>
+      <c r="G86" s="25">
+        <v>0.11723708346307456</v>
+      </c>
+      <c r="H86" s="26">
+        <v>31.869045284419062</v>
+      </c>
+      <c r="I86" s="23">
+        <v>42.645031207595721</v>
+      </c>
+    </row>
+    <row r="87" spans="2:9" ht="15.6" x14ac:dyDescent="0.4"/>
+    <row r="88" spans="2:9" ht="15.6" x14ac:dyDescent="0.4"/>
     <row r="89" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="90" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="91" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="92" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="93" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="94" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="95" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="96" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="97" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="98" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="99" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="100" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="101" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="102" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="103" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="104" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="105" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="106" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="107" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="108" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="109" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="110" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="111" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="112" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="113" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
@@ -2960,51 +3010,53 @@
     <row r="116" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="117" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="118" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="119" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="120" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="121" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="122" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="123" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="124" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="125" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="126" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="127" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="128" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="129" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="130" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="131" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="132" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="133" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="134" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="135" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="136" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="137" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="138" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="139" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="140" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
-    <row r="141" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="141" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
+    <row r="142" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
+    <row r="143" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B7:B8"/>
     <mergeCell ref="C7:E7"/>
     <mergeCell ref="F7:G7"/>
     <mergeCell ref="H7:I7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>