--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0789C8C-E030-48B6-955C-CD1EBB0561C8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EF07A93E-FCAF-4F35-9058-067DF007E854}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FCE" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -78,54 +78,54 @@
   </si>
   <si>
     <t>En U$S</t>
   </si>
   <si>
     <t>Total en $</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Plazo promedio
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="2"/>
         <rFont val="Lora"/>
       </rPr>
       <t>(días)</t>
     </r>
   </si>
   <si>
-    <t>Período Julio 2019 - Diciembre 2025</t>
+    <t>Período Julio 2019 - Enero 2026</t>
   </si>
   <si>
-    <t>Fecha de actualización: 15/01/2026</t>
+    <t>Fecha de actualización: 15/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -825,57 +825,57 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J143"/>
+  <dimension ref="A1:J144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="2" ySplit="8" topLeftCell="C76" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A9" sqref="A9"/>
-      <selection pane="bottomRight" activeCell="J86" sqref="J86"/>
+      <selection pane="bottomRight" activeCell="A87" sqref="A87"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="7" customWidth="1"/>
     <col min="2" max="2" width="11.6640625" style="7" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.5546875" style="7" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.88671875" style="7" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.88671875" style="7" customWidth="1"/>
     <col min="6" max="7" width="11.44140625" style="7" customWidth="1"/>
     <col min="8" max="9" width="10.6640625" style="7" customWidth="1"/>
     <col min="10" max="10" width="11.44140625" style="7" customWidth="1"/>
     <col min="11" max="16384" width="11.44140625" style="7" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" s="4" customFormat="1" ht="24.6" x14ac:dyDescent="0.65">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
@@ -2938,71 +2938,96 @@
       </c>
       <c r="E85" s="15">
         <v>36658215663.51783</v>
       </c>
       <c r="F85" s="16">
         <v>0.32890922578074117</v>
       </c>
       <c r="G85" s="17">
         <v>0.12273033607147532</v>
       </c>
       <c r="H85" s="18">
         <v>31.496498626291853</v>
       </c>
       <c r="I85" s="15">
         <v>52.741783262399025</v>
       </c>
     </row>
     <row r="86" spans="2:9" ht="15.6" x14ac:dyDescent="0.4">
       <c r="B86" s="20">
         <v>45992</v>
       </c>
       <c r="C86" s="21">
         <v>40629044890.100014</v>
       </c>
       <c r="D86" s="22">
-        <v>28061833.41398222</v>
+        <v>2337676.7600000007</v>
       </c>
       <c r="E86" s="23">
         <v>44013626810.298416</v>
       </c>
       <c r="F86" s="24">
         <v>0.27624081859771321</v>
       </c>
       <c r="G86" s="25">
         <v>0.11723708346307456</v>
       </c>
       <c r="H86" s="26">
         <v>31.869045284419062</v>
       </c>
       <c r="I86" s="23">
         <v>42.645031207595721</v>
       </c>
     </row>
-    <row r="87" spans="2:9" ht="15.6" x14ac:dyDescent="0.4"/>
+    <row r="87" spans="2:9" ht="15.6" x14ac:dyDescent="0.4">
+      <c r="B87" s="12">
+        <v>46023</v>
+      </c>
+      <c r="C87" s="13">
+        <v>41236350245.220039</v>
+      </c>
+      <c r="D87" s="14">
+        <v>3180277.2500000005</v>
+      </c>
+      <c r="E87" s="15">
+        <v>45845621471.96254</v>
+      </c>
+      <c r="F87" s="16">
+        <v>0.31572662934076429</v>
+      </c>
+      <c r="G87" s="17">
+        <v>0.10753410162908686</v>
+      </c>
+      <c r="H87" s="18">
+        <v>29.284417405427014</v>
+      </c>
+      <c r="I87" s="15">
+        <v>31.42797983283749</v>
+      </c>
+    </row>
     <row r="88" spans="2:9" ht="15.6" x14ac:dyDescent="0.4"/>
-    <row r="89" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
+    <row r="89" spans="2:9" ht="15.6" x14ac:dyDescent="0.4"/>
     <row r="90" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="91" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="92" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="93" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="94" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="95" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="96" spans="2:9" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="97" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="98" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="99" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="100" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="101" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="102" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="103" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="104" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="105" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="106" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="107" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="108" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="109" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="110" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="111" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="112" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="113" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="114" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
@@ -3012,51 +3037,52 @@
     <row r="118" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="119" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="120" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="121" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="122" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="123" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="124" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="125" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="126" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="127" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="128" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="129" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="130" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="131" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="132" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="133" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="134" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="135" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="136" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="137" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="138" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="139" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="140" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="141" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
     <row r="142" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
-    <row r="143" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="143" ht="15.6" hidden="1" x14ac:dyDescent="0.4"/>
+    <row r="144" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.4"/>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B7:B8"/>
     <mergeCell ref="C7:E7"/>
     <mergeCell ref="F7:G7"/>
     <mergeCell ref="H7:I7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>