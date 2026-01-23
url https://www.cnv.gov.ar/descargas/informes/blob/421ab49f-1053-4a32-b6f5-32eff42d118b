--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -1,111 +1,111 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C78B1D45-7F6B-497A-BAD8-6BD61F284CD3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F27271A3-2697-4770-B495-AC9ACF653906}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Acciones" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Autor</author>
   </authors>
   <commentList>
     <comment ref="G54" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t>Autor:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
-            <charset val="1"/>
+            <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 USD 5,382</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="327" uniqueCount="59">
   <si>
     <t>Emisión de acciones</t>
   </si>
   <si>
     <t>Fuente: CNV</t>
   </si>
   <si>
     <t>Fecha Colocación</t>
   </si>
   <si>
     <t>Sociedad</t>
   </si>
   <si>
     <t>Moneda
 capital social</t>
   </si>
   <si>
     <t>Valor Nominal
 unitario</t>
   </si>
   <si>
     <t>Cantidad
 acciones colocadas</t>
   </si>
   <si>
@@ -234,57 +234,60 @@
   <si>
     <t>Banco Santander Río S.A.</t>
   </si>
   <si>
     <t>Cresud S.A.C.I.F. y A.</t>
   </si>
   <si>
     <t>IRSA Inversiones y Representaciones S.A.</t>
   </si>
   <si>
     <t>Distribuidora de Gas del Centro S.A.</t>
   </si>
   <si>
     <t>Venta de acciones de accionistas vendedores</t>
   </si>
   <si>
     <t>Ecogas Inversiones S.A.</t>
   </si>
   <si>
     <t>Aumento del capital social por medio de canje de acciones existentes de Distribuidora de Gas Cuyana S.A. y Distribuidora de Gas del Centro S.A.</t>
   </si>
   <si>
     <t>Raghsa S.A.</t>
   </si>
   <si>
-    <t>Período Abril 2015 - Octubre 2025</t>
-[...4 lines deleted...]
-  <si>
     <t>IEB Construcciones S.A.</t>
+  </si>
+  <si>
+    <t>Período Abril 2015 - Diciembre 2025</t>
+  </si>
+  <si>
+    <t>Fecha de actualización: 15/01/2026</t>
+  </si>
+  <si>
+    <t>Banco de Valores S.A.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
     <numFmt numFmtId="166" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -338,58 +341,58 @@
     <font>
       <i/>
       <sz val="9"/>
       <color theme="2"/>
       <name val="Lora"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF002060"/>
       <name val="Lora"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="2"/>
       <name val="Lora"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Lora"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
-      <charset val="1"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
-      <charset val="1"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
@@ -702,51 +705,51 @@
         <sz val="9"/>
         <color theme="2"/>
         <name val="Lora"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabla3" displayName="Tabla3" ref="B6:L56" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabla3" displayName="Tabla3" ref="B6:L58" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11">
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B7:L44">
     <sortCondition ref="B5:B42"/>
   </sortState>
   <tableColumns count="11">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Fecha Colocación" dataDxfId="10"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Sociedad" dataDxfId="9"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Moneda_x000a_capital social" dataDxfId="8"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Valor Nominal_x000a_unitario" dataDxfId="7"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Cantidad_x000a_acciones colocadas" dataDxfId="6"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Precio_x000a_de emisión" dataDxfId="5"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Monto Colocado_x000a_(moneda capital social)" dataDxfId="4"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Acciones ofrecidas" dataDxfId="3"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Ámbito de oferta" dataDxfId="2"/>
     <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="Razones de oferta" dataDxfId="1"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="Opción_x000a_sobre-suscripción" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="CNV 2024">
       <a:dk1>
@@ -1016,85 +1019,87 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N105"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" topLeftCell="A42" workbookViewId="0">
+      <selection activeCell="A57" sqref="A57"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15.6" zeroHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.5546875" style="6" customWidth="1"/>
     <col min="2" max="2" width="13.44140625" style="6" customWidth="1"/>
     <col min="3" max="3" width="40.33203125" style="6" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.5546875" style="6" customWidth="1"/>
     <col min="5" max="5" width="14.109375" style="6" customWidth="1"/>
     <col min="6" max="6" width="18.88671875" style="6" customWidth="1"/>
     <col min="7" max="7" width="11.44140625" style="6" customWidth="1"/>
     <col min="8" max="8" width="21.6640625" style="6" customWidth="1"/>
     <col min="9" max="9" width="12.5546875" style="6" customWidth="1"/>
     <col min="10" max="10" width="11.44140625" style="6" customWidth="1"/>
     <col min="11" max="11" width="44.109375" style="6" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="17.33203125" style="6" customWidth="1"/>
     <col min="13" max="13" width="11.44140625" style="6" customWidth="1"/>
     <col min="14" max="14" width="0" style="6" hidden="1" customWidth="1"/>
     <col min="15" max="16384" width="11.44140625" style="6" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="2" customFormat="1" ht="24.6" x14ac:dyDescent="0.65">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="2" customFormat="1" x14ac:dyDescent="0.4">
       <c r="A2" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.4"/>
     <row r="4" spans="1:12" x14ac:dyDescent="0.4">
       <c r="B4" s="7" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.4"/>
     <row r="6" spans="1:12" ht="31.2" x14ac:dyDescent="0.4">
       <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>6</v>
       </c>
@@ -2815,103 +2820,149 @@
       </c>
       <c r="G55" s="14">
         <v>1296.1600000000001</v>
       </c>
       <c r="H55" s="13">
         <v>33002180432.320004</v>
       </c>
       <c r="I55" s="13" t="s">
         <v>15</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>16</v>
       </c>
       <c r="K55" s="15" t="s">
         <v>22</v>
       </c>
       <c r="L55" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="56" spans="2:12" x14ac:dyDescent="0.4">
       <c r="B56" s="16">
         <v>45952</v>
       </c>
       <c r="C56" s="10" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D56" s="11" t="s">
         <v>14</v>
       </c>
       <c r="E56" s="12">
         <v>1</v>
       </c>
       <c r="F56" s="13">
         <v>10000000</v>
       </c>
       <c r="G56" s="14">
         <v>425</v>
       </c>
       <c r="H56" s="13">
         <v>4250000000</v>
       </c>
       <c r="I56" s="13" t="s">
         <v>15</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>16</v>
       </c>
       <c r="K56" s="15" t="s">
         <v>22</v>
       </c>
       <c r="L56" s="11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="2:12" x14ac:dyDescent="0.4">
-      <c r="B57" s="17"/>
-[...8 lines deleted...]
-      <c r="L57" s="18"/>
+      <c r="B57" s="16">
+        <v>46002</v>
+      </c>
+      <c r="C57" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D57" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="12">
+        <v>1</v>
+      </c>
+      <c r="F57" s="13">
+        <v>150000000</v>
+      </c>
+      <c r="G57" s="14">
+        <v>470</v>
+      </c>
+      <c r="H57" s="13">
+        <v>70500000000</v>
+      </c>
+      <c r="I57" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="J57" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="K57" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="L57" s="11" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="58" spans="2:12" x14ac:dyDescent="0.4">
-      <c r="B58" s="17"/>
-[...8 lines deleted...]
-      <c r="L58" s="18"/>
+      <c r="B58" s="16">
+        <v>46010</v>
+      </c>
+      <c r="C58" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D58" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="12">
+        <v>1</v>
+      </c>
+      <c r="F58" s="13">
+        <v>12302724</v>
+      </c>
+      <c r="G58" s="14">
+        <v>602</v>
+      </c>
+      <c r="H58" s="13">
+        <v>7406239848</v>
+      </c>
+      <c r="I58" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="J58" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="K58" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="L58" s="11" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="59" spans="2:12" x14ac:dyDescent="0.4">
       <c r="B59" s="17"/>
       <c r="D59" s="18"/>
       <c r="E59" s="19"/>
       <c r="F59" s="20"/>
       <c r="G59" s="21"/>
       <c r="H59" s="20"/>
       <c r="I59" s="20"/>
       <c r="J59" s="20"/>
       <c r="K59" s="22"/>
       <c r="L59" s="18"/>
     </row>
     <row r="60" spans="2:12" x14ac:dyDescent="0.4">
       <c r="B60" s="17"/>
       <c r="D60" s="18"/>
       <c r="E60" s="19"/>
       <c r="F60" s="20"/>
       <c r="G60" s="21"/>
       <c r="H60" s="20"/>
       <c r="I60" s="20"/>
       <c r="J60" s="20"/>
       <c r="K60" s="22"/>
       <c r="L60" s="18"/>
     </row>