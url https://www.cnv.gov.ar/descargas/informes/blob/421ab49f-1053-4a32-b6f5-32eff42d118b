--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F27271A3-2697-4770-B495-AC9ACF653906}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C75553DC-31FF-4CF0-A40B-47656CEC356A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Acciones" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
@@ -237,57 +237,57 @@
   <si>
     <t>Cresud S.A.C.I.F. y A.</t>
   </si>
   <si>
     <t>IRSA Inversiones y Representaciones S.A.</t>
   </si>
   <si>
     <t>Distribuidora de Gas del Centro S.A.</t>
   </si>
   <si>
     <t>Venta de acciones de accionistas vendedores</t>
   </si>
   <si>
     <t>Ecogas Inversiones S.A.</t>
   </si>
   <si>
     <t>Aumento del capital social por medio de canje de acciones existentes de Distribuidora de Gas Cuyana S.A. y Distribuidora de Gas del Centro S.A.</t>
   </si>
   <si>
     <t>Raghsa S.A.</t>
   </si>
   <si>
     <t>IEB Construcciones S.A.</t>
   </si>
   <si>
-    <t>Período Abril 2015 - Diciembre 2025</t>
-[...4 lines deleted...]
-  <si>
     <t>Banco de Valores S.A.</t>
+  </si>
+  <si>
+    <t>Período Abril 2015 - Enero 2026</t>
+  </si>
+  <si>
+    <t>Fecha de actualización: 15/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
     <numFmt numFmtId="166" formatCode="dd/mm/yyyy"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1019,87 +1019,87 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N105"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A42" workbookViewId="0">
-      <selection activeCell="A57" sqref="A57"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="K2" sqref="K2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15.6" zeroHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.5546875" style="6" customWidth="1"/>
     <col min="2" max="2" width="13.44140625" style="6" customWidth="1"/>
     <col min="3" max="3" width="40.33203125" style="6" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.5546875" style="6" customWidth="1"/>
     <col min="5" max="5" width="14.109375" style="6" customWidth="1"/>
     <col min="6" max="6" width="18.88671875" style="6" customWidth="1"/>
     <col min="7" max="7" width="11.44140625" style="6" customWidth="1"/>
     <col min="8" max="8" width="21.6640625" style="6" customWidth="1"/>
     <col min="9" max="9" width="12.5546875" style="6" customWidth="1"/>
     <col min="10" max="10" width="11.44140625" style="6" customWidth="1"/>
     <col min="11" max="11" width="44.109375" style="6" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="17.33203125" style="6" customWidth="1"/>
     <col min="13" max="13" width="11.44140625" style="6" customWidth="1"/>
     <col min="14" max="14" width="0" style="6" hidden="1" customWidth="1"/>
     <col min="15" max="16384" width="11.44140625" style="6" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" s="2" customFormat="1" ht="24.6" x14ac:dyDescent="0.65">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="2" spans="1:12" s="2" customFormat="1" x14ac:dyDescent="0.4">
       <c r="A2" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.4"/>
     <row r="4" spans="1:12" x14ac:dyDescent="0.4">
       <c r="B4" s="7" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.4"/>
     <row r="6" spans="1:12" ht="31.2" x14ac:dyDescent="0.4">
       <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="8" t="s">
         <v>6</v>
       </c>
@@ -2855,51 +2855,51 @@
       </c>
       <c r="G56" s="14">
         <v>425</v>
       </c>
       <c r="H56" s="13">
         <v>4250000000</v>
       </c>
       <c r="I56" s="13" t="s">
         <v>15</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>16</v>
       </c>
       <c r="K56" s="15" t="s">
         <v>22</v>
       </c>
       <c r="L56" s="11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="2:12" x14ac:dyDescent="0.4">
       <c r="B57" s="16">
         <v>46002</v>
       </c>
       <c r="C57" s="10" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D57" s="11" t="s">
         <v>14</v>
       </c>
       <c r="E57" s="12">
         <v>1</v>
       </c>
       <c r="F57" s="13">
         <v>150000000</v>
       </c>
       <c r="G57" s="14">
         <v>470</v>
       </c>
       <c r="H57" s="13">
         <v>70500000000</v>
       </c>
       <c r="I57" s="13" t="s">
         <v>15</v>
       </c>
       <c r="J57" s="13" t="s">
         <v>16</v>
       </c>
       <c r="K57" s="15" t="s">
         <v>22</v>
       </c>