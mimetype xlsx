--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B70960F3-EC1E-4E1F-8505-0243EEDF2851}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C51F365B-4DBE-468B-98BD-D811B004574D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Pagarés" sheetId="4" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -96,54 +96,54 @@
       <t>Plazo promedio</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="0"/>
         <rFont val="Montserrat"/>
       </rPr>
       <t xml:space="preserve">
 (días)</t>
     </r>
   </si>
   <si>
     <t>En $</t>
   </si>
   <si>
     <t>En U$S</t>
   </si>
   <si>
     <t>Total en $</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>Período Febrero 2015 - Octubre 2025</t>
+    <t>Período Febrero 2015 - Diciembre 2025</t>
   </si>
   <si>
-    <t>Fecha de actualización: 15/11/2025</t>
+    <t>Fecha de actualización: 15/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
     <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -868,57 +868,57 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Q140"/>
+  <dimension ref="A1:Q142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="9" topLeftCell="C126" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="9" topLeftCell="C130" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="F138" sqref="F138"/>
+      <selection pane="bottomRight" activeCell="L139" sqref="L139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.5" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="4" customWidth="1"/>
     <col min="2" max="2" width="11.6640625" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="5" width="18.109375" style="4" customWidth="1"/>
     <col min="6" max="9" width="9.44140625" style="4" customWidth="1"/>
     <col min="10" max="12" width="18.109375" style="4" customWidth="1"/>
     <col min="13" max="16" width="9.44140625" style="4" customWidth="1"/>
     <col min="17" max="17" width="12.77734375" style="4" customWidth="1"/>
     <col min="18" max="16384" width="11.44140625" style="4" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" s="3" customFormat="1" ht="21.6" x14ac:dyDescent="0.5">
       <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="2"/>
       <c r="H1" s="1"/>
@@ -5956,52 +5956,146 @@
       <c r="I138" s="12">
         <v>243.96616182721255</v>
       </c>
       <c r="J138" s="10">
         <v>606821424882.29065</v>
       </c>
       <c r="K138" s="11">
         <v>207051635.56999972</v>
       </c>
       <c r="L138" s="10">
         <v>903323508051.24194</v>
       </c>
       <c r="M138" s="27">
         <v>0.50749324636476667</v>
       </c>
       <c r="N138" s="29">
         <v>6.0849855050895643E-2</v>
       </c>
       <c r="O138" s="12">
         <v>82.785439704832044</v>
       </c>
       <c r="P138" s="12">
         <v>188.01155565427359</v>
       </c>
     </row>
-    <row r="139" spans="2:16" ht="14.4" customHeight="1" x14ac:dyDescent="0.35"/>
-    <row r="140" spans="2:16" ht="14.4" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="139" spans="2:16" ht="14.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B139" s="16">
+        <v>45962</v>
+      </c>
+      <c r="C139" s="17">
+        <v>3337659000</v>
+      </c>
+      <c r="D139" s="18">
+        <v>19024209.800000012</v>
+      </c>
+      <c r="E139" s="19">
+        <v>30496955736.572483</v>
+      </c>
+      <c r="F139" s="26">
+        <v>0.46420142508169376</v>
+      </c>
+      <c r="G139" s="28">
+        <v>8.9521090295533179E-2</v>
+      </c>
+      <c r="H139" s="22">
+        <v>17.979270588062597</v>
+      </c>
+      <c r="I139" s="19">
+        <v>238.27925161430142</v>
+      </c>
+      <c r="J139" s="17">
+        <v>764752932173.11023</v>
+      </c>
+      <c r="K139" s="18">
+        <v>200108132.95000005</v>
+      </c>
+      <c r="L139" s="17">
+        <v>1050430824675.6702</v>
+      </c>
+      <c r="M139" s="26">
+        <v>0.39891189807997612</v>
+      </c>
+      <c r="N139" s="28">
+        <v>6.1944721906258132E-2</v>
+      </c>
+      <c r="O139" s="19">
+        <v>89.924868015251874</v>
+      </c>
+      <c r="P139" s="19">
+        <v>220.90269872961085</v>
+      </c>
+    </row>
+    <row r="140" spans="2:16" ht="14.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B140" s="9">
+        <v>45992</v>
+      </c>
+      <c r="C140" s="10">
+        <v>4925099998</v>
+      </c>
+      <c r="D140" s="11">
+        <v>24853297.079999998</v>
+      </c>
+      <c r="E140" s="12">
+        <v>40908697642.307205</v>
+      </c>
+      <c r="F140" s="27">
+        <v>0.34435175180284311</v>
+      </c>
+      <c r="G140" s="29">
+        <v>8.917283385349635E-2</v>
+      </c>
+      <c r="H140" s="15">
+        <v>223.37176519527912</v>
+      </c>
+      <c r="I140" s="12">
+        <v>240.87984614205149</v>
+      </c>
+      <c r="J140" s="10">
+        <v>1011839683996.8496</v>
+      </c>
+      <c r="K140" s="11">
+        <v>179231713.0900003</v>
+      </c>
+      <c r="L140" s="10">
+        <v>1271338527477.0752</v>
+      </c>
+      <c r="M140" s="27">
+        <v>0.34072007436962742</v>
+      </c>
+      <c r="N140" s="29">
+        <v>7.4996785267794019E-2</v>
+      </c>
+      <c r="O140" s="12">
+        <v>118.15894307867434</v>
+      </c>
+      <c r="P140" s="12">
+        <v>267.76682496875287</v>
+      </c>
+    </row>
+    <row r="141" spans="2:16" ht="14.4" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="142" spans="2:16" ht="14.4" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B7:B9"/>
     <mergeCell ref="C7:I7"/>
     <mergeCell ref="J7:P7"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="F8:G8"/>
     <mergeCell ref="H8:I8"/>
     <mergeCell ref="J8:L8"/>
     <mergeCell ref="M8:N8"/>
     <mergeCell ref="O8:P8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>