--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C51F365B-4DBE-468B-98BD-D811B004574D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{87CAD72A-0EDB-4EFF-BE7A-50149946DE5A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Pagarés" sheetId="4" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -96,54 +96,54 @@
       <t>Plazo promedio</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="0"/>
         <rFont val="Montserrat"/>
       </rPr>
       <t xml:space="preserve">
 (días)</t>
     </r>
   </si>
   <si>
     <t>En $</t>
   </si>
   <si>
     <t>En U$S</t>
   </si>
   <si>
     <t>Total en $</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>Período Febrero 2015 - Diciembre 2025</t>
+    <t>Período Febrero 2015 - Enero 2026</t>
   </si>
   <si>
-    <t>Fecha de actualización: 15/01/2026</t>
+    <t>Fecha de actualización: 15/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
     <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -868,57 +868,57 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Q142"/>
+  <dimension ref="A1:Q143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane xSplit="2" ySplit="9" topLeftCell="C130" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="9" topLeftCell="C132" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="L139" sqref="L139"/>
+      <selection pane="bottomRight" activeCell="A141" sqref="A141"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.5" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="3.6640625" style="4" customWidth="1"/>
     <col min="2" max="2" width="11.6640625" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="5" width="18.109375" style="4" customWidth="1"/>
     <col min="6" max="9" width="9.44140625" style="4" customWidth="1"/>
     <col min="10" max="12" width="18.109375" style="4" customWidth="1"/>
     <col min="13" max="16" width="9.44140625" style="4" customWidth="1"/>
     <col min="17" max="17" width="12.77734375" style="4" customWidth="1"/>
     <col min="18" max="16384" width="11.44140625" style="4" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" s="3" customFormat="1" ht="21.6" x14ac:dyDescent="0.5">
       <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="2"/>
       <c r="H1" s="1"/>
@@ -6050,52 +6050,99 @@
       <c r="I140" s="12">
         <v>240.87984614205149</v>
       </c>
       <c r="J140" s="10">
         <v>1011839683996.8496</v>
       </c>
       <c r="K140" s="11">
         <v>179231713.0900003</v>
       </c>
       <c r="L140" s="10">
         <v>1271338527477.0752</v>
       </c>
       <c r="M140" s="27">
         <v>0.34072007436962742</v>
       </c>
       <c r="N140" s="29">
         <v>7.4996785267794019E-2</v>
       </c>
       <c r="O140" s="12">
         <v>118.15894307867434</v>
       </c>
       <c r="P140" s="12">
         <v>267.76682496875287</v>
       </c>
     </row>
-    <row r="141" spans="2:16" ht="14.4" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="141" spans="2:16" ht="14.4" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B141" s="16">
+        <v>46023</v>
+      </c>
+      <c r="C141" s="17">
+        <v>14599766215</v>
+      </c>
+      <c r="D141" s="18">
+        <v>19223639.300000001</v>
+      </c>
+      <c r="E141" s="19">
+        <v>42461163361.668999</v>
+      </c>
+      <c r="F141" s="26">
+        <v>0.32070450151246577</v>
+      </c>
+      <c r="G141" s="28">
+        <v>8.4924329661997602E-2</v>
+      </c>
+      <c r="H141" s="22">
+        <v>118.42791862849519</v>
+      </c>
+      <c r="I141" s="19">
+        <v>228.18288599954076</v>
+      </c>
+      <c r="J141" s="17">
+        <v>669172640827.36023</v>
+      </c>
+      <c r="K141" s="18">
+        <v>176534439.28999999</v>
+      </c>
+      <c r="L141" s="17">
+        <v>925029299723.53589</v>
+      </c>
+      <c r="M141" s="26">
+        <v>0.3958287401344841</v>
+      </c>
+      <c r="N141" s="28">
+        <v>6.7933149154336459E-2</v>
+      </c>
+      <c r="O141" s="19">
+        <v>84.976095135039657</v>
+      </c>
+      <c r="P141" s="19">
+        <v>434.05940775090977</v>
+      </c>
+    </row>
     <row r="142" spans="2:16" ht="14.4" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="143" spans="2:16" ht="14.4" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="B7:B9"/>
     <mergeCell ref="C7:I7"/>
     <mergeCell ref="J7:P7"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="F8:G8"/>
     <mergeCell ref="H8:I8"/>
     <mergeCell ref="J8:L8"/>
     <mergeCell ref="M8:N8"/>
     <mergeCell ref="O8:P8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>