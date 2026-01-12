--- v0 (2025-12-22)
+++ v1 (2026-01-12)
@@ -3502,51 +3502,51 @@
   </x:sheetPr>
   <x:dimension ref="A1:D4"/>
   <x:sheetViews>
     <x:sheetView tabSelected="1" workbookViewId="0">
       <x:selection activeCell="A4" sqref="A4"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultColWidth="11.420625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <x:cols>
     <x:col min="1" max="1" width="18.332031" style="0" bestFit="1" customWidth="1"/>
     <x:col min="2" max="2" width="69.332031" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="60.777344" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="33.777344" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="37" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="42" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="10"/>
       <x:c r="B1" s="11" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C1" s="12" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="13">
-        <x:v>46013.7968348727</x:v>
+        <x:v>46034.0641364815</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A2" s="14"/>
       <x:c r="B2" s="15" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="16"/>
       <x:c r="D2" s="17"/>
     </x:row>
     <x:row r="3" spans="1:5" ht="55.95" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A3" s="18" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B3" s="18" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C3" s="18" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D3" s="18" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
@@ -6447,65 +6447,65 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A211" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A212" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A213" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A214" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A215" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>423</x:v>
@@ -6531,65 +6531,65 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A217" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A218" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A219" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A220" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A221" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>433</x:v>
@@ -6713,121 +6713,121 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A230" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A231" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A232" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A233" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A234" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A235" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A236" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A237" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A238" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>457</x:v>
@@ -6839,65 +6839,65 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A239" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A240" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A241" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A242" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A243" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>465</x:v>
@@ -10129,51 +10129,51 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A474" s="0" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A475" s="0" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A476" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A477" s="0" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>912</x:v>