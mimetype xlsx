--- v1 (2026-01-12)
+++ v2 (2026-02-01)
@@ -15,52 +15,52 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <x:fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
   <x:workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Mi unidad\03 - AIF\09 - Templates - Reportes\02 -  Estaticos\03 - Web - Publicos\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9A7F94E2-BE64-46D4-977F-431D9819C1AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <x:bookViews>
     <x:workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="0" activeTab="0" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sociedades" sheetId="1" r:id="rId1"/>
   </x:sheets>
   <x:definedNames>
-    <x:definedName name="data_tpl" localSheetId="0">Sociedades!$A$4:$E$498</x:definedName>
-    <x:definedName name="data">Sociedades!$A$4:$E$498</x:definedName>
+    <x:definedName name="data_tpl" localSheetId="0">Sociedades!$A$4:$E$500</x:definedName>
+    <x:definedName name="data">Sociedades!$A$4:$E$500</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="124519"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Reporte Sociedades por Regimen</x:t>
   </x:si>
   <x:si>
     <x:t>Fecha Descarga:</x:t>
   </x:si>
   <x:si>
     <x:t>El listado es meramente orientativo y refleja los registros disponibles al momento de la descarga. Dado que la información está sujeta a revisiones periódicas, podría no reflejar modificaciones recientes aún</x:t>
   </x:si>
   <x:si>
     <x:t>CUIT</x:t>
   </x:si>
   <x:si>
     <x:t>Sociedad</x:t>
   </x:si>
   <x:si>
     <x:t>Categoria</x:t>
   </x:si>
@@ -3502,51 +3502,51 @@
   </x:sheetPr>
   <x:dimension ref="A1:D4"/>
   <x:sheetViews>
     <x:sheetView tabSelected="1" workbookViewId="0">
       <x:selection activeCell="A4" sqref="A4"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultColWidth="11.420625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <x:cols>
     <x:col min="1" max="1" width="18.332031" style="0" bestFit="1" customWidth="1"/>
     <x:col min="2" max="2" width="69.332031" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="60.777344" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="33.777344" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="37" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="42" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="10"/>
       <x:c r="B1" s="11" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C1" s="12" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="13">
-        <x:v>46034.0641364815</x:v>
+        <x:v>46054.2769471528</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A2" s="14"/>
       <x:c r="B2" s="15" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="16"/>
       <x:c r="D2" s="17"/>
     </x:row>
     <x:row r="3" spans="1:5" ht="55.95" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A3" s="18" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B3" s="18" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C3" s="18" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D3" s="18" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
@@ -5195,5309 +5195,5337 @@
         <x:v>241</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D121" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A122" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D122" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A123" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D123" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A124" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C124" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D124" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A125" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D125" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A126" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D126" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A127" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D127" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A128" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D128" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A129" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D129" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A130" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D130" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A131" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D131" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A132" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D132" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A133" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D133" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A134" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D134" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A135" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D135" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A136" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D136" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A137" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D137" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A138" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D138" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A139" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D139" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A140" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D140" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A141" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D141" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A142" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D142" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A143" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D143" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A144" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D144" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A145" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D145" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A146" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D146" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A147" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D147" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A148" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D148" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A149" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D149" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A150" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D150" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A151" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D151" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A152" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D152" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A153" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D153" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A154" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D154" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A155" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D155" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A156" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D156" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A157" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D157" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A158" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D158" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A159" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D159" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A160" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D160" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A161" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D161" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A162" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D162" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A163" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D163" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A164" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D164" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A165" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A166" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D166" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A167" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D167" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A168" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D168" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A169" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D169" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A170" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D170" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A171" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D171" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A172" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D172" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A173" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D173" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A174" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D174" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A175" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D175" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A176" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D176" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A177" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D177" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A178" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D178" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A179" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D179" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A180" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D180" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A181" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D181" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A182" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A183" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A184" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A185" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A186" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A187" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A188" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A189" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A190" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A191" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A192" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A193" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A194" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A195" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A196" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A197" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A198" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A199" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A200" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A201" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A202" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A203" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A204" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A205" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A206" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D206" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A207" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D207" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A208" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A209" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A210" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A211" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A212" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A213" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A214" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A215" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A216" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A217" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A218" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A219" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A220" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A221" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A222" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A223" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A224" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A225" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A226" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A227" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A228" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A229" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A230" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A231" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A232" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A233" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A234" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A235" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A236" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A237" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A238" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A239" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A240" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A241" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A242" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A243" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A244" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A245" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A246" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A247" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A248" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A249" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A250" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A251" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A252" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A253" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A254" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A255" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A256" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A257" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A258" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A259" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A260" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A261" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A262" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A263" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A264" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A265" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A266" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A267" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A268" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A269" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A270" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A271" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A272" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A273" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D273" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A274" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D274" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A275" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D275" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A276" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A277" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A278" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A279" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A280" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A281" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A282" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A283" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A284" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A285" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D285" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A286" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D286" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A287" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A288" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A289" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A290" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A291" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A292" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A293" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A294" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A295" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A296" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A297" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A298" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A299" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A300" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A301" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D301" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A302" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D302" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A303" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D303" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A304" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D304" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A305" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D305" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A306" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A307" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A308" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A309" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A310" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A311" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A312" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A313" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A314" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A315" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A316" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A317" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D317" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A318" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A319" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A320" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A321" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A322" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A323" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A324" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A325" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A326" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A327" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A328" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A329" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A330" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A331" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A332" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A333" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A334" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D334" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A335" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D335" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A336" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D336" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A337" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D337" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A338" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D338" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A339" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A340" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A341" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A342" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A343" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A344" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A345" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D345" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A346" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D346" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A347" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D347" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A348" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D348" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A349" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A350" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A351" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A352" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A353" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A354" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A355" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D355" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A356" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D356" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A357" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D357" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A358" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D358" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A359" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A360" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A361" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A362" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A363" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A364" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A365" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A366" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A367" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A368" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A369" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A370" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A371" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A372" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A373" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A374" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A375" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A376" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A377" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A378" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A379" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D379" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A380" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D380" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A381" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D381" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A382" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D382" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A383" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D383" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A384" s="0" t="s">
-        <x:v>738</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A385" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A386" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A387" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A388" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A389" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A390" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D390" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A391" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D391" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A392" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>753</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A393" s="0" t="s">
-        <x:v>754</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>755</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A394" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A395" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A396" s="0" t="s">
-        <x:v>760</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>761</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A397" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D397" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A398" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A399" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A400" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A401" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A402" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A403" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A404" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A405" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A406" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A407" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A408" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A409" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A410" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A411" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A412" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A413" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A414" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A415" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A416" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A417" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A418" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A419" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A420" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A421" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A422" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A423" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A424" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A425" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A426" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A427" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A428" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A429" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A430" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A431" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A432" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A433" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C433" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A434" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A435" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A436" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A437" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A438" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A439" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A440" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A441" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A442" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A443" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A444" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A445" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A446" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A447" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A448" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A449" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A450" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A451" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A452" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A453" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A454" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A455" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A456" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A457" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A458" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A459" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A460" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A461" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A462" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A463" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A464" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A465" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A466" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A467" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A468" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A469" s="0" t="s">
-        <x:v>897</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A470" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A471" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A472" s="0" t="s">
-        <x:v>903</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A473" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A474" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A475" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A476" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A477" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A478" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A479" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A480" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>918</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A481" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A482" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A483" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A484" s="0" t="s">
-        <x:v>925</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A485" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A486" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A487" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A488" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A489" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A490" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>938</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A491" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A492" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A493" s="0" t="s">
-        <x:v>941</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>942</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A494" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A495" s="0" t="s">
-        <x:v>945</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>946</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A496" s="0" t="s">
-        <x:v>947</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>948</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A497" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>950</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A498" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="499" spans="1:5" ht="14.4" customHeight="1">
+      <x:c r="A499" s="0" t="s">
+        <x:v>949</x:v>
+      </x:c>
+      <x:c r="B499" s="0" t="s">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c r="C499" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D499" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="500" spans="1:5" ht="14.4" customHeight="1">
+      <x:c r="A500" s="0" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="B500" s="0" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="C500" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D500" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" r:id="rId1"/>
   <x:headerFooter/>
   <x:drawing r:id="rId2"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>