--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -15,52 +15,52 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <x:fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
   <x:workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Mi unidad\03 - AIF\09 - Templates - Reportes\02 -  Estaticos\03 - Web - Publicos\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9A7F94E2-BE64-46D4-977F-431D9819C1AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <x:bookViews>
     <x:workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="0" activeTab="0" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sociedades" sheetId="1" r:id="rId1"/>
   </x:sheets>
   <x:definedNames>
-    <x:definedName name="data_tpl" localSheetId="0">Sociedades!$A$4:$E$500</x:definedName>
-    <x:definedName name="data">Sociedades!$A$4:$E$500</x:definedName>
+    <x:definedName name="data_tpl" localSheetId="0">Sociedades!$A$4:$E$502</x:definedName>
+    <x:definedName name="data">Sociedades!$A$4:$E$502</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="124519"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Reporte Sociedades por Regimen</x:t>
   </x:si>
   <x:si>
     <x:t>Fecha Descarga:</x:t>
   </x:si>
   <x:si>
     <x:t>El listado es meramente orientativo y refleja los registros disponibles al momento de la descarga. Dado que la información está sujeta a revisiones periódicas, podría no reflejar modificaciones recientes aún</x:t>
   </x:si>
   <x:si>
     <x:t>CUIT</x:t>
   </x:si>
   <x:si>
     <x:t>Sociedad</x:t>
   </x:si>
   <x:si>
     <x:t>Categoria</x:t>
   </x:si>
@@ -1105,56 +1105,50 @@
   <x:si>
     <x:t>30711515808</x:t>
   </x:si>
   <x:si>
     <x:t>CEREALERA PUNTANA S.R.L.</x:t>
   </x:si>
   <x:si>
     <x:t>30711566771</x:t>
   </x:si>
   <x:si>
     <x:t>Lipsa SRL</x:t>
   </x:si>
   <x:si>
     <x:t>30712101136</x:t>
   </x:si>
   <x:si>
     <x:t>Credito Directo S.A.</x:t>
   </x:si>
   <x:si>
     <x:t>30712136355</x:t>
   </x:si>
   <x:si>
     <x:t>PUERTO LAS PALMAS S.A.</x:t>
   </x:si>
   <x:si>
-    <x:t>30712255095</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>30712257357</x:t>
   </x:si>
   <x:si>
     <x:t>RDA Renting S.A</x:t>
   </x:si>
   <x:si>
     <x:t>30712285539</x:t>
   </x:si>
   <x:si>
     <x:t>ESQUINA 3 S.A.</x:t>
   </x:si>
   <x:si>
     <x:t>30712331239</x:t>
   </x:si>
   <x:si>
     <x:t>BANCO BICA SA</x:t>
   </x:si>
   <x:si>
     <x:t>30712490728</x:t>
   </x:si>
   <x:si>
     <x:t>TROPICAL S.A.</x:t>
   </x:si>
   <x:si>
     <x:t>30712506497</x:t>
@@ -2311,621 +2305,627 @@
   <x:si>
     <x:t>30709318507</x:t>
   </x:si>
   <x:si>
     <x:t>COM &amp; LOG SA</x:t>
   </x:si>
   <x:si>
     <x:t>30663148776</x:t>
   </x:si>
   <x:si>
     <x:t>Cia. de Transporte de Energia Electrica</x:t>
   </x:si>
   <x:si>
     <x:t>30593773260</x:t>
   </x:si>
   <x:si>
     <x:t>GATTO HERMANOS S.R.L.</x:t>
   </x:si>
   <x:si>
     <x:t>30707418849</x:t>
   </x:si>
   <x:si>
     <x:t>MERIDIANO NORTE S.A.</x:t>
   </x:si>
   <x:si>
+    <x:t>30592486268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAFRA SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30665193337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SILO CHICO S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30554681383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTANCIA EL AZUL S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30541416540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RATTO HNOS SA CFIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708132337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUEVAS TIERRAS S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30668299462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMPAÑIA DE INSUMOS Y GRANOS S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30516877223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LILIANA S R L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30672112148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOS HAROLDOS SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33708929579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITALAR S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708410051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHAYE HNOS SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33716030569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AB ENERGIA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33708758529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CENTRO DESARROLLO AGRICOLA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30581320589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENTE DE LA PAMPA S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30652254248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CENTRAL COSTANERA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30711336105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECOFACTORY S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30700760681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CALERAS SAN JUAN S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30577108311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JUGOS S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710674570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROAGRO NEGOCIOS S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710685696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRACE GROUP SOCIEDAD ANONIMA S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33657476639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MADERO HARBOUR S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30640576428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GUALOK SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30589527115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SURCOS SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30691479400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RECARD S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30716155680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DARUMA PAGOS S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30718288718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOLDSAT S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714954071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOS VALIENTES SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715237446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LABAC SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707810927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMPAÑIA TSB S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715157299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GALERENT  S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714763225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CREATIVE PMO INTERNATIONAL SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30641056177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFN S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709667587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MINERA EXAR SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30526748448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLUB ATLETICO RIVER PLATE ASOC CIVIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Régimen IMPACTO SOCIAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30505607925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECOSUR BAHIA SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708603879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOLDMUND S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30600725447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROWING SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30672812808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEDISUR S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710218192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROCHEM BIO SA.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707651675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAIMAN S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33708128649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTACION DE SERVICIOS 25 DE MAYO S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30711424195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PALLETS JAUREGUI SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707174702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C &amp; C MEDICAL S SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714228346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FERRETERA CENTRAL JT S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30641234601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BISORDI KREMAR SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715857460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HATTRICK ENERGY SAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33717152749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MILKYNET S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715360272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAT FINANCIAL PLANNING S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30690967541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PATAGONIAN FRUITS S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707211942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROLCAR S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30654424698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PECOM SERVICIOS ENERGIA S.A.U.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715445405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CENTRO DE REHABILITACION INTEGRAL LOS NOGALES SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30642412899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAQUINAS AGRICOLAS OMBU  S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710099649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CENTRO TECNOLOGICO AGROPECUARIO S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710855850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLORONOR S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30622977652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRANKLIN BOGLICH S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30713350407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIAMAQ S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709191930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRE NOR SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30642555274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GeoPark Argentina SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30716713438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DROGUERIA CENTRAL S.A.S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33715757929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEPOSITO FISCAL CORDOBA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708492384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRANSPORTE PEDUZZI S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30716855372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROCESOS INDUSTRIALES METALLO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708442409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAXIMIA SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30678224010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLUSPETROL SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30712129766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRONEA PRODUCCIONES S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715999141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPAZIOS INMUEBLES S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30658275522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECOGAS INVERSIONES S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30585581247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVAP S.A.U.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714155128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSU GREEN ENERGY S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30677262466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MINAS ARGENTINAS S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709159182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YACOPINI SUD SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33516294189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEB CONSTRUCCIONES S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708847247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPRESO LANCIONI S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30713701803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3D LATINOAMERICA S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30718221516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLM DESARROLLOS SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30717023990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCANIA CREDIT ARGENTINA S. A. U.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33710735609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSERCA S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30525698412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A3 Mercados S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30716999498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERCADO PAGO SERVICIOS DE PROCESAMIENTO S.R.L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30718592425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCLUSION FINANCIERA INTEGRAL S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714436194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRIGIONI AGRO SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33688256149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTERCONNECT SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30590762233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALBERTO J. OLIVERO E HIJOS SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30675753365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTREMAR  S. A. U.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33697235049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAVANNA S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710716923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LATAMLY S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707955267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MATIAS RUIZ Y CIA S.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30716620472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALPARGATAS TEXTIL SOCIEDAD ANÓNIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30500001735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO DE GALICIA Y BUENOS AIRES S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30704960995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco de Servicios y Transacciones S.A.U.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30716837994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFS GROUP S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30651084241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEDROLGA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30678534214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARBITRA S.A. S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30505839222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MATERIA HNOS SOCIEDAD ANONIMA COMERCIAL INDUSTRIAL Y FINANCIERA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30657047763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLASTAR BUENOS AIRES SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
     <x:t>30536633444</x:t>
   </x:si>
   <x:si>
-    <x:t>REMONDA CASTRO Y CIA SOC ANON COM</x:t>
-[...566 lines deleted...]
-    <x:t>MATERIA HNOS SOCIEDAD ANONIMA COMERCIAL INDUSTRIAL Y FINANCIERA</x:t>
+    <x:t>Castro S.A.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac x16r2 xr">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="7" x14ac:knownFonts="1">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:sz val="18"/>
       <x:color theme="3"/>
       <x:name val="Calibri Light"/>
       <x:family val="2"/>
       <x:scheme val="major"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -3502,51 +3502,51 @@
   </x:sheetPr>
   <x:dimension ref="A1:D4"/>
   <x:sheetViews>
     <x:sheetView tabSelected="1" workbookViewId="0">
       <x:selection activeCell="A4" sqref="A4"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultColWidth="11.420625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <x:cols>
     <x:col min="1" max="1" width="18.332031" style="0" bestFit="1" customWidth="1"/>
     <x:col min="2" max="2" width="69.332031" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="60.777344" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="33.777344" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="37" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="42" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="10"/>
       <x:c r="B1" s="11" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C1" s="12" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="13">
-        <x:v>46054.2769471528</x:v>
+        <x:v>46074.6031922569</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A2" s="14"/>
       <x:c r="B2" s="15" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="16"/>
       <x:c r="D2" s="17"/>
     </x:row>
     <x:row r="3" spans="1:5" ht="55.95" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A3" s="18" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B3" s="18" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C3" s="18" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D3" s="18" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
@@ -6041,247 +6041,247 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A182" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D182" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A183" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D183" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A184" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D184" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A185" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D185" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A186" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D186" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A187" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D187" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A188" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D188" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A189" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D189" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A190" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D190" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A191" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D191" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A192" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D192" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A193" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D193" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A194" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D194" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A195" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D195" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A196" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D196" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A197" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D197" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A198" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D198" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A199" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>391</x:v>
@@ -6321,65 +6321,65 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A202" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A203" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A204" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A205" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D205" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A206" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
         <x:v>405</x:v>
@@ -6419,905 +6419,905 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A209" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A210" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A211" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A212" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A213" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A214" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A215" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A216" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A217" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A218" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A219" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A220" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A221" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A222" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A223" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A224" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A225" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A226" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A227" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A228" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A229" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A230" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A231" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A232" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A233" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A234" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A235" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A236" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A237" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A238" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A239" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A240" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A241" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A242" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D242" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A243" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A244" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A245" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A246" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A247" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A248" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A249" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A250" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A251" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A252" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D252" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A253" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D253" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A254" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A255" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A256" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A257" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A258" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A259" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A260" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A261" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A262" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A263" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A264" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A265" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A266" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A267" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A268" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A269" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A270" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A271" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A272" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D272" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A273" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>519</x:v>
@@ -7385,107 +7385,107 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A278" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A279" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A280" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A281" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A282" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A283" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A284" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D284" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A285" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>543</x:v>
@@ -7547,71 +7547,71 @@
         <x:v>551</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A290" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A291" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A292" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A293" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A294" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>559</x:v>
@@ -7623,93 +7623,93 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A295" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A296" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A297" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A298" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A299" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A300" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D300" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A301" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>573</x:v>
@@ -7805,65 +7805,65 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A308" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A309" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A310" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A311" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A312" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>593</x:v>
@@ -7875,65 +7875,65 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A313" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A314" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A315" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A316" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D316" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A317" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>603</x:v>
@@ -7973,205 +7973,205 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A320" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A321" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A322" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A323" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A324" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A325" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A326" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A327" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A328" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A329" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A330" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A331" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A332" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A333" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D333" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A334" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
         <x:v>637</x:v>
@@ -8267,65 +8267,65 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A341" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A342" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A343" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A344" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D344" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A345" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>659</x:v>
@@ -8407,65 +8407,65 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A351" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A352" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A353" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A354" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D354" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A355" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>679</x:v>
@@ -8547,163 +8547,163 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A361" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A362" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A363" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A364" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A365" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A366" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A367" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A368" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A369" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A370" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A371" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D371" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A372" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>713</x:v>
@@ -8715,93 +8715,93 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A373" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A374" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A375" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A376" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A377" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A378" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D378" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A379" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>727</x:v>
@@ -8891,71 +8891,71 @@
         <x:v>739</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A386" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A387" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A388" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A389" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D389" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A390" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
         <x:v>747</x:v>
@@ -8995,65 +8995,65 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A393" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A394" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A395" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A396" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D396" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A397" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>761</x:v>
@@ -9087,1445 +9087,1473 @@
         <x:v>765</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A400" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A401" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A402" s="0" t="s">
-        <x:v>770</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>771</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A403" s="0" t="s">
-        <x:v>772</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D403" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A404" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D404" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A405" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D405" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A406" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>779</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D406" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A407" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D407" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A408" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A409" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A410" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A411" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A412" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A413" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A414" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A415" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A416" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A417" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A418" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A419" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A420" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A421" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A422" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A423" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A424" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A425" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A426" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A427" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A428" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A429" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A430" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A431" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A432" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A433" s="0" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="B433" s="0" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="C433" s="0" t="s">
         <x:v>826</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>9</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A434" s="0" t="s">
+        <x:v>827</x:v>
+      </x:c>
+      <x:c r="B434" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="B434" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C434" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A435" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A436" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A437" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A438" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A439" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A440" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A441" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A442" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A443" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A444" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A445" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A446" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A447" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A448" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A449" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A450" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A451" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A452" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A453" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A454" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A455" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A456" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A457" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A458" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A459" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A460" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A461" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A462" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A463" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A464" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A465" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A466" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A467" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A468" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A469" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A470" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A471" s="0" t="s">
-        <x:v>897</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A472" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A473" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A474" s="0" t="s">
-        <x:v>903</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A475" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A476" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A477" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A478" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A479" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A480" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A481" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A482" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>918</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A483" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A484" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A485" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A486" s="0" t="s">
-        <x:v>925</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A487" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A488" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A489" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A490" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A491" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A492" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>938</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A493" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A494" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A495" s="0" t="s">
-        <x:v>941</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>942</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A496" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A497" s="0" t="s">
-        <x:v>945</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>946</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A498" s="0" t="s">
-        <x:v>947</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>948</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A499" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>950</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A500" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="501" spans="1:5" ht="14.4" customHeight="1">
+      <x:c r="A501" s="0" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="B501" s="0" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="C501" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D501" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="502" spans="1:5" ht="14.4" customHeight="1">
+      <x:c r="A502" s="0" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="B502" s="0" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="C502" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D502" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" r:id="rId1"/>
   <x:headerFooter/>
   <x:drawing r:id="rId2"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>