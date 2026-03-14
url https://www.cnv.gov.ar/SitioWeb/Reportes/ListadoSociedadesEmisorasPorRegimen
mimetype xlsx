--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -15,52 +15,52 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <x:fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
   <x:workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Mi unidad\03 - AIF\09 - Templates - Reportes\02 -  Estaticos\03 - Web - Publicos\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9A7F94E2-BE64-46D4-977F-431D9819C1AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <x:bookViews>
     <x:workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="0" activeTab="0" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Sociedades" sheetId="1" r:id="rId1"/>
   </x:sheets>
   <x:definedNames>
-    <x:definedName name="data_tpl" localSheetId="0">Sociedades!$A$4:$E$502</x:definedName>
-    <x:definedName name="data">Sociedades!$A$4:$E$502</x:definedName>
+    <x:definedName name="data_tpl" localSheetId="0">Sociedades!$A$4:$E$512</x:definedName>
+    <x:definedName name="data">Sociedades!$A$4:$E$512</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="124519"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Reporte Sociedades por Regimen</x:t>
   </x:si>
   <x:si>
     <x:t>Fecha Descarga:</x:t>
   </x:si>
   <x:si>
     <x:t>El listado es meramente orientativo y refleja los registros disponibles al momento de la descarga. Dado que la información está sujeta a revisiones periódicas, podría no reflejar modificaciones recientes aún</x:t>
   </x:si>
   <x:si>
     <x:t>CUIT</x:t>
   </x:si>
   <x:si>
     <x:t>Sociedad</x:t>
   </x:si>
   <x:si>
     <x:t>Categoria</x:t>
   </x:si>
@@ -1207,1725 +1207,1767 @@
   <x:si>
     <x:t>30715471953</x:t>
   </x:si>
   <x:si>
     <x:t>Bolsas y Mercados Argentinos SA</x:t>
   </x:si>
   <x:si>
     <x:t>30715591231</x:t>
   </x:si>
   <x:si>
     <x:t>CABLEVISIÓN HOLDING S.A.</x:t>
   </x:si>
   <x:si>
     <x:t>30999228565</x:t>
   </x:si>
   <x:si>
     <x:t>Banco de la Provincia de Córdoba S.A.</x:t>
   </x:si>
   <x:si>
     <x:t>33500005179</x:t>
   </x:si>
   <x:si>
     <x:t>Banco Supervielle S.A.</x:t>
   </x:si>
   <x:si>
+    <x:t>33526316989</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sociedad Comercial del Plata S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33527801309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S.A. Miguel Campodónico Ltda</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33528807939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Garcia Reguera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33572266449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carsa S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33650305499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Puerto</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33657865279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Distribuidora de Gas del Centro S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33657865589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Distribuidora de Gas Cuyana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33707124909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rombo Compañía Financiera S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33708830599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tresnal Agropecuaria S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33711944899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Termica Roca S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33711986869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automotores Pampeanos S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30531565211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jose Llenes SACIF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30657864117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NATURGY BAN S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30712554114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dos Banderas S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708580771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sojas Argentinas S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30646167775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metalfor S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707009892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROSEIND SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714378402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSU ENERGY S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30643077090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALDYL ARGENTINA SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33714669899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COLLINS SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30542790780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGROTECNOLOGIA SALA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30637805149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUHL SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30660920451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRUAS SAN BLAS S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708587415</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HECTOR A. BERTONE S.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30712245634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hogar y Tecnología S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710213085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DOMAINE BOUSQUET S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30713322705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITALCAN S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30711457549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OVERSEAS PROPERTIES S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30574564367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLONAL S R L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30701027074</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">PUENTE HNOS. S.A. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>30619257487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECNOMYL SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30500003193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO BBVA ARGENTINA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30513210171</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMERCIAL Y GANADERA DEL NIRIHUAU S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30712156909</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REFI PAMPA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33574441639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIESEL LANGE S R L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715659340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAN BAUTISTA DEL SUR S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709921084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>I A D SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708630272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORYZA SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714322938</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNH INDUSTRIAL CAPITAL ARGENTINA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710911580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Credicuotas Consumo S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710080085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CERAMICA RUTA 16 SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30696139888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMPAÑÍA MEGA SOCIEDAD ANÓNIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30567020734</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INALPA INDUSTRIAS ALIMENTICIAS PAVON ARRIBA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710911378</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CT BARRAGAN S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709585939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TERRAGENE S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30503423347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TALLERES METALURGICOS CRUCIANELLI SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707943617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLADAN SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30629401888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DESDELSUR S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30698318895</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RICARDO VENTURINO S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30605481627</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIRANSA SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30711986525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALTO REAL VIÑEDOS S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715399128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUZ DE TRES PICOS S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709878103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALZ Semillas SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30659151185</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIJOS DE SALVADOR MUÑOZ S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33711217679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INSUGA CHACO S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714165077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUEROS Y CUERINAS S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709346268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CROWN POINT ENERGIA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30691576511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROFERTIL S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30501684399</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUYATTI S A I C A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708357363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UN TECHO PARA ARGENTINA ASOCIACION CIVIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708658819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGROIDEAS S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30640783199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARGENSUN  SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30716351366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CROWE  AR  S.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708437103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGROFIN AGROCOMMODITIES S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708059435</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NESTOR GASTALDI E HIJOS S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30611112374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALIBA SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709447846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INDUSTRIAL AND COMMERCIAL BANK OF CHINA (ARGENTINA) S.A.U.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714659339</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XEITOSIÑO S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33711062489</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMPANIA INVERSORA INDUSTRIAL S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30501466464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMPSA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30701518396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHORTON ARGENTINA S R L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30665605775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRICOLA NOROESTE S R L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708029781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRUPO ALIMENTICIO S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714347159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TUX S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709247650</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIRUGIA ALEMANA INSUMOS MEDICOS SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30516139451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEORGALOS HNOS S A I C A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30668239559</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRO SERVICIOS S R L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30716684594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASOCIACION CIVIL SUMATORIA PARA UNA NUEVA ECONOMIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714645842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MADECO ARGENTINA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714108235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LATITUD 45 PETROLEO Y GAS S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30651671066</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARROWWS ARGENTINA SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30644961083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL NORTE CORDOBES SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30711913439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRESIDENT PETROLEUM S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30712012974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LISMAR SUR S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30600615889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPECIAL GRAINS S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33715043519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GESTION DE PRESTAMOS Y COBRANZAS S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33693298569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARG DE GRAAF S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30519527703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TERMOELECTRICA SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33712110959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZUAMAR S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709023523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALMACITY S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708941766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGROCOMERCIAL SUARDI SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30504484455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTRUCTURAS SACICIYF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30540127251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUTA 3 AUTOMOTORES S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30712078797</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GESTION INMOBILIARIA DEL NORTE S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33710562879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEVAL S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709201219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PELAYO AGRONOMIA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30619458253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CITRUSVIL S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33709180849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PILISAR SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709529958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LATIN LEMON S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30655116202</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Empresa Distribuidora y Comercializadora Norte SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30547794482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRONORTE SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714327573</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAMPO FERTIL SOCIEDAD DE RESPONSABILIDAD LIMITADA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33669088499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRO DE MAN SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30711338787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PISCINAS PREMIUM S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30619044084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUSTICANA SACIFI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30697172773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PARAMERICA S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30711204055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>360 ENERGY SOLAR S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30500008454</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO SANTANDER ARGENTINA S.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30663150614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LATIN AMERICA POSTAL SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33652607689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PETROLEOS SUDAMERICANOS SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30634259569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTABLECIMIENTO DON AVELINO SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30539081086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GASTALDI HNOS S A I Y C F E I</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710364016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIPCI (TECNOLOGIA INTEGRAL EN PROTECCION CONTRA INCENDIOS) S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30658839523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OILTANKING EBYTEM SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714347183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRUSTARK S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709054615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECNORED SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30628284357</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">REBA COMPAÑÍA FINANCIERA S.A. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>30647727545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SES SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30615341130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PETROSURCO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30501282444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SYNTEX SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30693383427</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRODUSEM SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30506733002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITAN S A I C A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30585790822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRIGORIFICO GENERAL PICO S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30539301388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARRO FABRIL SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708694173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LABORATORIO KEMEX  SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33711557879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TR ARGENTINA SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30713722703</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OZOG VIAL S.R.L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30658840165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLEODUCTOS DEL VALLE SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30516621385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRIGORIFICO ENTRERRIANO DE PRODUCTORES AVICOLAS S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30654691726</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RADIADORES PRATS S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30501678321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALENTIN BIANCHI S A C I F</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708574305</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALFREDO-JOSE S.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708142693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRO-BICIUFFA S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715207237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIGUEL RAMIREZ E HIJO S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30583782768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TIGONBU SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715980246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WIN S.A.S.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30510968413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SUC DE GUSTAVO LAGERHEIM SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709282537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GCDI S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710796188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONCI S.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709039020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAN DIEGO SEMILLAS SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710216874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INNOVAGRO SOCIEDAD DE RESPONSABILIDAD LIMITADA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33711967589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIO RAMALLO S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707816410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FERRETERIA DEL NORTE S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707530169</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M Y M NET S R L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715030213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRO ALLIANCE S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30711075905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIDROTEC S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30696748191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUENTE NOGUEIRA SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30525341263</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ferrum S.A. de Cerámica y Metalurgia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708430001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TECNOVAX S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33715184139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENERACION LITORAL S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30692332721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLIBA INGENIERIA URBANA S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714056316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CREDES LAS BREÑAS S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714487295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LABORATORIOS PEYTE S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30677937560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO DEL SOL SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33515950899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VISTA ENERGY ARGENTINA SAU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30615368292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIDERSA SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709107891</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HALPERN  S R L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30628029780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIEGO ZAMORA E HIJO S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30697218056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SINER S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709243752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAIOCCO CEREALES S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30685376349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TARJETA NARANJA S.A.U.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710712758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRONASAJA SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715207962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCC POWER SAN PEDRO S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715744941</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YACOPINI MIRAI S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30557902682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIBOLDI S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707132724</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MATESUR S.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715595105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASPRO SERVICIOS PETROLEROS S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33711316839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 DE ABRIL S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707912673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEMAGRO SRL.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30561785402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUTOTRANSPORTES ANDESMAR S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707100806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGROPECUARIA LAS MARIAS SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710686013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EL HINOJO S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714662992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALZ NUTRIENTES S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30551518694</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">DIAZ RIGANTI CEREALES S.A. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>30671542343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LANGE AGROPECUARIA SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30712094679</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CASCIA S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33709972699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PHILAGRO S.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707923446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRO DE SOUZA S.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709318507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COM &amp; LOG SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30663148776</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cia. de Transporte de Energia Electrica</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30593773260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GATTO HERMANOS S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707418849</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERIDIANO NORTE S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30592486268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZAFRA SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30665193337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SILO CHICO S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30554681383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTANCIA EL AZUL S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30541416540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RATTO HNOS SA CFIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708132337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUEVAS TIERRAS S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30668299462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMPAÑIA DE INSUMOS Y GRANOS S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30516877223</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LILIANA S R L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30672112148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOS HAROLDOS SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33708929579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ITALAR S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708410051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHAYE HNOS SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33716030569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AB ENERGIA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33708758529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CENTRO DESARROLLO AGRICOLA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30581320589</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GENTE DE LA PAMPA S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30652254248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CENTRAL COSTANERA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30711336105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECOFACTORY S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30700760681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CALERAS SAN JUAN S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30577108311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JUGOS S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710674570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROAGRO NEGOCIOS S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710685696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRACE GROUP SOCIEDAD ANONIMA S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33657476639</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MADERO HARBOUR S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30640576428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GUALOK SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30589527115</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SURCOS SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30691479400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RECARD S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30716155680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DARUMA PAGOS S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30718288718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOLDSAT S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714954071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOS VALIENTES SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715237446</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LABAC SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707810927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COMPAÑIA TSB S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715157299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GALERENT  S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714763225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CREATIVE PMO INTERNATIONAL SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30641056177</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFN S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709667587</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MINERA EXAR SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30526748448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLUB ATLETICO RIVER PLATE ASOC CIVIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Régimen IMPACTO SOCIAL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30505607925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECOSUR BAHIA SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708603879</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOLDMUND S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30600725447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROWING SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30672812808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEDISUR S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710218192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROCHEM BIO SA.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707651675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAIMAN S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33708128649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTACION DE SERVICIOS 25 DE MAYO S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30711424195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PALLETS JAUREGUI SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707174702</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C &amp; C MEDICAL S SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714228346</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FERRETERA CENTRAL JT S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30641234601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BISORDI KREMAR SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715857460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HATTRICK ENERGY SAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33717152749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MILKYNET S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715360272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAT FINANCIAL PLANNING S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30690967541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PATAGONIAN FRUITS S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707211942</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROLCAR S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30654424698</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PECOM SERVICIOS ENERGIA S.A.U.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715445405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CENTRO DE REHABILITACION INTEGRAL LOS NOGALES SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30642412899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAQUINAS AGRICOLAS OMBU  S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710099649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CENTRO TECNOLOGICO AGROPECUARIO S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710855850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLORONOR S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30622977652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FRANKLIN BOGLICH S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30713350407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIAMAQ S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709191930</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRE NOR SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30642555274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GeoPark Argentina SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30716713438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DROGUERIA CENTRAL S.A.S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33715757929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DEPOSITO FISCAL CORDOBA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708492384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRANSPORTE PEDUZZI S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30716855372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PROCESOS INDUSTRIALES METALLO SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708442409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MAXIMIA SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30678224010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLUSPETROL SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30712129766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGRONEA PRODUCCIONES S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30715999141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPAZIOS INMUEBLES S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30658275522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECOGAS INVERSIONES S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30585581247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVAP S.A.U.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714155128</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSU GREEN ENERGY S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30677262466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MINAS ARGENTINAS S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30709159182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YACOPINI SUD SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33516294189</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEB CONSTRUCCIONES S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30708847247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXPRESO LANCIONI S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30713701803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3D LATINOAMERICA S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30718221516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BLM DESARROLLOS SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30717023990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCANIA CREDIT ARGENTINA S. A. U.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33710735609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASSERCA S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30525698412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>A3 Mercados S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30716999498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MERCADO PAGO SERVICIOS DE PROCESAMIENTO S.R.L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30718592425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INCLUSION FINANCIERA INTEGRAL S.R.L.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30714436194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PRIGIONI AGRO SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33688256149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTERCONNECT SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30590762233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALBERTO J. OLIVERO E HIJOS SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30675753365</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESTREMAR  S. A. U.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33697235049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAVANNA S A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30710716923</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LATAMLY S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707955267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MATIAS RUIZ Y CIA S.A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30716620472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALPARGATAS TEXTIL SOCIEDAD ANÓNIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30545905791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SANATORIO CHACO S R L</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30500001735</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BANCO DE GALICIA Y BUENOS AIRES S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30717423980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DERENTAS SRL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30704960995</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Banco de Servicios y Transacciones S.A.U.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30716837994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFS GROUP S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30651084241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEDROLGA S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30678534214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARBITRA S.A. S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30505839222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MATERIA HNOS SOCIEDAD ANONIMA COMERCIAL INDUSTRIAL Y FINANCIERA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30717869628</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAN ANTONIO OIL&amp;GAS S. A. S.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30685076248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TREFELT ARGENTINA S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30657047763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLASTAR BUENOS AIRES SOCIEDAD ANONIMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30707304886</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARMORAUT SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33717755729</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FINANLEASE S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30536633444</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Castro S.A.</x:t>
+  </x:si>
+  <x:si>
     <x:t>33500525709</x:t>
   </x:si>
   <x:si>
-    <x:t>Hulytego</x:t>
-[...143 lines deleted...]
-    <x:t>HECTOR A. BERTONE S.A</x:t>
+    <x:t>ZONDA BITCOIN CAPITAL SOCIEDAD ANÓNIMA</x:t>
   </x:si>
   <x:si>
     <x:t>30714814229</x:t>
   </x:si>
   <x:si>
-    <x:t>PETROLERA ACONCAGUA ENERGIA SA</x:t>
-[...1520 lines deleted...]
-    <x:t>Castro S.A.</x:t>
+    <x:t xml:space="preserve">TANGO ENERGY ARGENTINA S.A. </x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac x16r2 xr">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="7" x14ac:knownFonts="1">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:sz val="18"/>
       <x:color theme="3"/>
       <x:name val="Calibri Light"/>
       <x:family val="2"/>
       <x:scheme val="major"/>
     </x:font>
     <x:font>
       <x:b/>
@@ -3502,51 +3544,51 @@
   </x:sheetPr>
   <x:dimension ref="A1:D4"/>
   <x:sheetViews>
     <x:sheetView tabSelected="1" workbookViewId="0">
       <x:selection activeCell="A4" sqref="A4"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultColWidth="11.420625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <x:cols>
     <x:col min="1" max="1" width="18.332031" style="0" bestFit="1" customWidth="1"/>
     <x:col min="2" max="2" width="69.332031" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="60.777344" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="33.777344" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="37" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="42" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="10"/>
       <x:c r="B1" s="11" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C1" s="12" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="13">
-        <x:v>46074.6031922569</x:v>
+        <x:v>46094.930930706</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A2" s="14"/>
       <x:c r="B2" s="15" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="16"/>
       <x:c r="D2" s="17"/>
     </x:row>
     <x:row r="3" spans="1:5" ht="55.95" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A3" s="18" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B3" s="18" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C3" s="18" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D3" s="18" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
@@ -6307,65 +6349,65 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A201" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A202" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A203" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A204" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D204" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A205" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>403</x:v>
@@ -6405,485 +6447,485 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A208" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D208" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A209" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D209" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A210" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D210" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A211" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D211" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A212" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D212" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A213" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D213" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A214" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D214" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A215" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D215" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A216" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D216" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A217" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D217" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A218" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D218" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A219" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D219" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A220" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D220" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A221" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D221" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A222" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D222" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A223" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D223" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A224" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D224" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A225" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D225" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A226" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D226" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A227" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D227" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A228" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D228" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A229" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D229" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A230" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D230" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A231" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D231" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A232" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D232" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A233" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D233" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A234" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D234" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A235" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D235" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A236" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D236" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A237" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D237" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A238" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D238" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A239" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D239" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A240" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D240" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A241" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D241" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A242" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
         <x:v>461</x:v>
@@ -6895,135 +6937,135 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A243" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D243" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A244" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D244" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A245" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D245" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A246" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D246" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A247" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D247" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A248" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D248" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A249" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D249" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A250" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D250" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A251" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D251" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A252" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
         <x:v>479</x:v>
@@ -7049,261 +7091,261 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A254" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D254" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A255" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D255" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A256" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D256" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A257" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D257" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A258" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D258" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A259" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D259" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A260" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D260" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A261" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D261" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A262" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D262" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A263" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D263" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A264" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D264" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A265" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D265" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A266" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D266" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A267" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D267" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A268" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D268" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A269" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D269" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A270" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D270" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A271" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D271" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A272" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
         <x:v>517</x:v>
@@ -7357,121 +7399,121 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A276" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D276" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A277" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D277" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A278" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D278" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A279" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D279" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A280" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D280" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A281" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D281" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A282" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D282" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A283" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D283" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A284" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
         <x:v>541</x:v>
@@ -7519,183 +7561,183 @@
         <x:v>547</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D287" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A288" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D288" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A289" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D289" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A290" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D290" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A291" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D291" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A292" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D292" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A293" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D293" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A294" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D294" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A295" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D295" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A296" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D296" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A297" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D297" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A298" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D298" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A299" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D299" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A300" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
         <x:v>571</x:v>
@@ -7777,149 +7819,149 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A306" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D306" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A307" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D307" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A308" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D308" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A309" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D309" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A310" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D310" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A311" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D311" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A312" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D312" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A313" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D313" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A314" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D314" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A315" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D315" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A316" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
         <x:v>601</x:v>
@@ -7945,219 +7987,219 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A318" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D318" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A319" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D319" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A320" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D320" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A321" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D321" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A322" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D322" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A323" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D323" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A324" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D324" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A325" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D325" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A326" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D326" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A327" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D327" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A328" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D328" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A329" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D329" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A330" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D330" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A331" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D331" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A332" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D332" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A333" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>635</x:v>
@@ -8239,79 +8281,79 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A339" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D339" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A340" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D340" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A341" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D341" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A342" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D342" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A343" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D343" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A344" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>657</x:v>
@@ -8379,79 +8421,79 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A349" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D349" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A350" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D350" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A351" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D351" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A352" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D352" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A353" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D353" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A354" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
         <x:v>677</x:v>
@@ -8519,177 +8561,177 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A359" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D359" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A360" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D360" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A361" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D361" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A362" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D362" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A363" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D363" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A364" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D364" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A365" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D365" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A366" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D366" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A367" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D367" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A368" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D368" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A369" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D369" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A370" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D370" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A371" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>711</x:v>
@@ -8701,93 +8743,93 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A372" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D372" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A373" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D373" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A374" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D374" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A375" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D375" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A376" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D376" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A377" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D377" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A378" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
         <x:v>725</x:v>
@@ -8877,71 +8919,71 @@
         <x:v>737</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D384" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A385" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D385" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A386" s="0" t="s">
-        <x:v>740</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D386" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A387" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D387" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A388" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D388" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A389" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>745</x:v>
@@ -8981,65 +9023,65 @@
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A392" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D392" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A393" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D393" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A394" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D394" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A395" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D395" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A396" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
         <x:v>759</x:v>
@@ -9073,71 +9115,71 @@
         <x:v>763</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D398" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A399" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D399" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A400" s="0" t="s">
-        <x:v>766</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D400" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A401" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D401" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A402" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D402" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A403" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>771</x:v>
@@ -9213,1347 +9255,1487 @@
         <x:v>781</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D408" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A409" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D409" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A410" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D410" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A411" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D411" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A412" s="0" t="s">
-        <x:v>788</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>789</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D412" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A413" s="0" t="s">
-        <x:v>790</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>791</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D413" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A414" s="0" t="s">
-        <x:v>792</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>793</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D414" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A415" s="0" t="s">
-        <x:v>794</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>795</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D415" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A416" s="0" t="s">
-        <x:v>796</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>797</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D416" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A417" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D417" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A418" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D418" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A419" s="0" t="s">
-        <x:v>798</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>799</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D419" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A420" s="0" t="s">
-        <x:v>800</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>801</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D420" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A421" s="0" t="s">
-        <x:v>802</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>803</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D421" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A422" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D422" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A423" s="0" t="s">
-        <x:v>804</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D423" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A424" s="0" t="s">
-        <x:v>806</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D424" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A425" s="0" t="s">
-        <x:v>808</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D425" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A426" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>811</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D426" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A427" s="0" t="s">
-        <x:v>812</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D427" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A428" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D428" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A429" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D429" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A430" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D430" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A431" s="0" t="s">
-        <x:v>820</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>821</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D431" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A432" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>823</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D432" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A433" s="0" t="s">
+        <x:v>822</x:v>
+      </x:c>
+      <x:c r="B433" s="0" t="s">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="C433" s="0" t="s">
         <x:v>824</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>826</x:v>
       </x:c>
       <x:c r="D433" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A434" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="B434" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C434" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D434" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A435" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C435" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D435" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A436" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="B436" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C436" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D436" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A437" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>834</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C437" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D437" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A438" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="B438" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C438" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D438" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A439" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="C439" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D439" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A440" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="B440" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C440" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D440" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A441" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C441" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D441" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A442" s="0" t="s">
-        <x:v>841</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="B442" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C442" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D442" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A443" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C443" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D443" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A444" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="B444" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C444" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D444" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A445" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C445" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D445" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A446" s="0" t="s">
-        <x:v>847</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="B446" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="C446" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D446" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A447" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C447" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D447" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A448" s="0" t="s">
-        <x:v>849</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="B448" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C448" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="D448" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A449" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C449" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D449" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A450" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="B450" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="C450" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D450" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A451" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C451" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D451" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A452" s="0" t="s">
-        <x:v>857</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="B452" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="C452" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D452" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A453" s="0" t="s">
-        <x:v>859</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="C453" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D453" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A454" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="B454" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C454" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D454" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A455" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="C455" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D455" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A456" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="B456" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C456" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D456" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A457" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>868</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="C457" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D457" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A458" s="0" t="s">
-        <x:v>869</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="B458" s="0" t="s">
-        <x:v>870</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="C458" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D458" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A459" s="0" t="s">
-        <x:v>871</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>872</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="C459" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D459" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A460" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="B460" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C460" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D460" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A461" s="0" t="s">
-        <x:v>875</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>876</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C461" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D461" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A462" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="B462" s="0" t="s">
-        <x:v>878</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="C462" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D462" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A463" s="0" t="s">
-        <x:v>879</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>880</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="C463" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D463" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A464" s="0" t="s">
-        <x:v>881</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="B464" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="C464" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D464" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A465" s="0" t="s">
-        <x:v>883</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>884</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C465" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D465" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A466" s="0" t="s">
-        <x:v>885</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="B466" s="0" t="s">
-        <x:v>886</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C466" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D466" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A467" s="0" t="s">
-        <x:v>887</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="C467" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D467" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A468" s="0" t="s">
-        <x:v>889</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="B468" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="C468" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D468" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A469" s="0" t="s">
-        <x:v>891</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>892</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="C469" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D469" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A470" s="0" t="s">
-        <x:v>893</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="B470" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="C470" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D470" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A471" s="0" t="s">
-        <x:v>895</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="C471" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D471" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A472" s="0" t="s">
-        <x:v>897</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="B472" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="C472" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D472" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A473" s="0" t="s">
-        <x:v>899</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>900</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="C473" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D473" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A474" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="B474" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="C474" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D474" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A475" s="0" t="s">
-        <x:v>903</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="C475" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D475" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A476" s="0" t="s">
-        <x:v>903</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="B476" s="0" t="s">
-        <x:v>904</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="C476" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D476" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A477" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>906</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="C477" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="D477" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A478" s="0" t="s">
-        <x:v>907</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="B478" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="C478" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D478" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A479" s="0" t="s">
-        <x:v>909</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="C479" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D479" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A480" s="0" t="s">
-        <x:v>911</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="B480" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="C480" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D480" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A481" s="0" t="s">
-        <x:v>913</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>914</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="C481" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D481" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A482" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="B482" s="0" t="s">
-        <x:v>916</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C482" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D482" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A483" s="0" t="s">
-        <x:v>917</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>918</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="C483" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D483" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A484" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="B484" s="0" t="s">
-        <x:v>920</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C484" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D484" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A485" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>922</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C485" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D485" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A486" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="B486" s="0" t="s">
-        <x:v>924</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="C486" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D486" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A487" s="0" t="s">
-        <x:v>925</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>926</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="C487" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D487" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A488" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="B488" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C488" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D488" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A489" s="0" t="s">
-        <x:v>929</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>930</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="C489" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D489" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A490" s="0" t="s">
-        <x:v>931</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="B490" s="0" t="s">
-        <x:v>932</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="C490" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D490" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A491" s="0" t="s">
-        <x:v>933</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>934</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="C491" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D491" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A492" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="B492" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="C492" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D492" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A493" s="0" t="s">
-        <x:v>935</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>936</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="C493" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D493" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A494" s="0" t="s">
-        <x:v>937</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="B494" s="0" t="s">
-        <x:v>938</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="C494" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D494" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A495" s="0" t="s">
-        <x:v>939</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>940</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="C495" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D495" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A496" s="0" t="s">
-        <x:v>941</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="B496" s="0" t="s">
-        <x:v>942</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="C496" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D496" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A497" s="0" t="s">
-        <x:v>943</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>944</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C497" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D497" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A498" s="0" t="s">
-        <x:v>945</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="B498" s="0" t="s">
-        <x:v>946</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="C498" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D498" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A499" s="0" t="s">
-        <x:v>947</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>948</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="C499" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D499" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A500" s="0" t="s">
-        <x:v>949</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="B500" s="0" t="s">
-        <x:v>950</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="C500" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D500" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A501" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="C501" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D501" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:5" ht="14.4" customHeight="1">
       <x:c r="A502" s="0" t="s">
-        <x:v>951</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="B502" s="0" t="s">
-        <x:v>952</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="C502" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="D502" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="503" spans="1:5" ht="14.4" customHeight="1">
+      <x:c r="A503" s="0" t="s">
+        <x:v>951</x:v>
+      </x:c>
+      <x:c r="B503" s="0" t="s">
+        <x:v>952</x:v>
+      </x:c>
+      <x:c r="C503" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D503" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="504" spans="1:5" ht="14.4" customHeight="1">
+      <x:c r="A504" s="0" t="s">
+        <x:v>953</x:v>
+      </x:c>
+      <x:c r="B504" s="0" t="s">
+        <x:v>954</x:v>
+      </x:c>
+      <x:c r="C504" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D504" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="505" spans="1:5" ht="14.4" customHeight="1">
+      <x:c r="A505" s="0" t="s">
+        <x:v>955</x:v>
+      </x:c>
+      <x:c r="B505" s="0" t="s">
+        <x:v>956</x:v>
+      </x:c>
+      <x:c r="C505" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D505" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="506" spans="1:5" ht="14.4" customHeight="1">
+      <x:c r="A506" s="0" t="s">
+        <x:v>957</x:v>
+      </x:c>
+      <x:c r="B506" s="0" t="s">
+        <x:v>958</x:v>
+      </x:c>
+      <x:c r="C506" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D506" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="507" spans="1:5" ht="14.4" customHeight="1">
+      <x:c r="A507" s="0" t="s">
+        <x:v>959</x:v>
+      </x:c>
+      <x:c r="B507" s="0" t="s">
+        <x:v>960</x:v>
+      </x:c>
+      <x:c r="C507" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="D507" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="508" spans="1:5" ht="14.4" customHeight="1">
+      <x:c r="A508" s="0" t="s">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="B508" s="0" t="s">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="C508" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D508" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="509" spans="1:5" ht="14.4" customHeight="1">
+      <x:c r="A509" s="0" t="s">
+        <x:v>961</x:v>
+      </x:c>
+      <x:c r="B509" s="0" t="s">
+        <x:v>962</x:v>
+      </x:c>
+      <x:c r="C509" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D509" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="510" spans="1:5" ht="14.4" customHeight="1">
+      <x:c r="A510" s="0" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="B510" s="0" t="s">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c r="C510" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D510" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="511" spans="1:5" ht="14.4" customHeight="1">
+      <x:c r="A511" s="0" t="s">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c r="B511" s="0" t="s">
+        <x:v>966</x:v>
+      </x:c>
+      <x:c r="C511" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D511" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="512" spans="1:5" ht="14.4" customHeight="1">
+      <x:c r="A512" s="0" t="s">
+        <x:v>965</x:v>
+      </x:c>
+      <x:c r="B512" s="0" t="s">
+        <x:v>966</x:v>
+      </x:c>
+      <x:c r="C512" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D512" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" r:id="rId1"/>
   <x:headerFooter/>
   <x:drawing r:id="rId2"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>