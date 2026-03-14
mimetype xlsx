--- v4 (2026-03-14)
+++ v5 (2026-03-14)
@@ -3544,51 +3544,51 @@
   </x:sheetPr>
   <x:dimension ref="A1:D4"/>
   <x:sheetViews>
     <x:sheetView tabSelected="1" workbookViewId="0">
       <x:selection activeCell="A4" sqref="A4"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultColWidth="11.420625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <x:cols>
     <x:col min="1" max="1" width="18.332031" style="0" bestFit="1" customWidth="1"/>
     <x:col min="2" max="2" width="69.332031" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="60.777344" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="33.777344" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="37" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="42" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="10"/>
       <x:c r="B1" s="11" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C1" s="12" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="13">
-        <x:v>46094.930930706</x:v>
+        <x:v>46094.9741909028</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5" ht="28.2" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A2" s="14"/>
       <x:c r="B2" s="15" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="16"/>
       <x:c r="D2" s="17"/>
     </x:row>
     <x:row r="3" spans="1:5" ht="55.95" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A3" s="18" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B3" s="18" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C3" s="18" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D3" s="18" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">