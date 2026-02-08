--- v0 (2026-01-10)
+++ v1 (2026-02-08)
@@ -458,51 +458,51 @@
   <x:si>
     <x:t>KPMG</x:t>
   </x:si>
   <x:si>
     <x:t>30614587144</x:t>
   </x:si>
   <x:si>
     <x:t>Bouchard 710 - 1º Piso. Ciudad Autónoma de Buenos Aires.</x:t>
   </x:si>
   <x:si>
     <x:t>contactenos@kpmg.com.ar</x:t>
   </x:si>
   <x:si>
     <x:t>Laura, Sasia y Asociados S.A.</x:t>
   </x:si>
   <x:si>
     <x:t>30716201844</x:t>
   </x:si>
   <x:si>
     <x:t>BV Roca 185 - 1° Piso. Rafaela. Provincia de Santa Fe.</x:t>
   </x:si>
   <x:si>
     <x:t>info@ls-sa.com.ar</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Lisicki Litvin Auditores S.A </x:t>
+    <x:t xml:space="preserve">Lisicki Litvin Auditores S.A. </x:t>
   </x:si>
   <x:si>
     <x:t>30718256875</x:t>
   </x:si>
   <x:si>
     <x:t>25 de Mayo 555 - 17º Piso. Ciudad Autónoma de Buenos Aires.</x:t>
   </x:si>
   <x:si>
     <x:t>estudio@llyasoc.com</x:t>
   </x:si>
   <x:si>
     <x:t>Lisicki Litvin Consultores S.A.</x:t>
   </x:si>
   <x:si>
     <x:t>30663363014</x:t>
   </x:si>
   <x:si>
     <x:t>25 de Mayo 555 - 13º Piso. Ciudad Autónoma de Buenos Aires.</x:t>
   </x:si>
   <x:si>
     <x:t>Malaccorto, Jambrina y Asociados S.R.L.</x:t>
   </x:si>
   <x:si>
     <x:t>30557339260</x:t>
   </x:si>