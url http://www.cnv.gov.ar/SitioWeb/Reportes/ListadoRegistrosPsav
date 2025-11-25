--- v0 (2025-11-02)
+++ v1 (2025-11-25)
@@ -17,54 +17,54 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x15">
   <x:fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <x:workbookPr codeName="ThisWorkbook" defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Mi unidad\03 - AIF\09 - Templates - Reportes\02 -  Estaticos\03 - Web - Publicos\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <x:bookViews>
     <x:workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9072" firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Juridicas" sheetId="1" r:id="rId1"/>
     <x:sheet name="Humanas" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames>
-    <x:definedName name="Juridicas_tpl" localSheetId="0">Juridicas!$A$3:$I$102</x:definedName>
+    <x:definedName name="Juridicas_tpl" localSheetId="0">Juridicas!$A$3:$I$101</x:definedName>
     <x:definedName name="Humanas_tpl" localSheetId="1">Humanas!$A$3:$H$4</x:definedName>
     <x:definedName name="Humanas">Humanas!$A$3:$H$4</x:definedName>
-    <x:definedName name="Juridicas">Juridicas!$A$3:$I$102</x:definedName>
+    <x:definedName name="Juridicas">Juridicas!$A$3:$I$101</x:definedName>
   </x:definedNames>
   <x:calcPr calcId="162913"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t xml:space="preserve">            Listado de Registros PSAV - Personas Juridicas</x:t>
   </x:si>
   <x:si>
     <x:t>Nro. Matricula</x:t>
   </x:si>
   <x:si>
     <x:t>Fecha Alta</x:t>
   </x:si>
   <x:si>
     <x:t>Razon Social</x:t>
   </x:si>
   <x:si>
     <x:t>Nombre Comercial</x:t>
   </x:si>
   <x:si>
     <x:t>Descripcion Fiscal</x:t>
   </x:si>
@@ -374,92 +374,83 @@
   <x:si>
     <x:t>30715538063</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.cryptomkt.com/es-ar/</x:t>
   </x:si>
   <x:si>
     <x:t>CONDOR OTC S.A.</x:t>
   </x:si>
   <x:si>
     <x:t>30718521447</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.condorcapitals.com.ar/</x:t>
   </x:si>
   <x:si>
     <x:t>INSIGHTFULL MADE SOLUTIONS S.R.L.</x:t>
   </x:si>
   <x:si>
     <x:t>30718554736</x:t>
   </x:si>
   <x:si>
     <x:t>https://madesolutions.com.ar/</x:t>
   </x:si>
   <x:si>
-    <x:t>The Place S.A. de C.V</x:t>
+    <x:t>LUZPAY SAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30718260023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>https://www.luzpay.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PC INVERSIONES S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30718076192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.puntoia.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Americansas Group S.A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30717926796</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.cripoint.io</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Badger Technology Company Limited</x:t>
   </x:si>
   <x:si>
     <x:t>ID Extranjero</x:t>
   </x:si>
   <x:si>
-    <x:t>06141407231028</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>687698</x:t>
   </x:si>
   <x:si>
     <x:t>https://bitso.com</x:t>
   </x:si>
   <x:si>
     <x:t>Belo Argentina S.A.</x:t>
   </x:si>
   <x:si>
     <x:t>30718589459</x:t>
   </x:si>
   <x:si>
     <x:t>Belo.app</x:t>
   </x:si>
   <x:si>
     <x:t>Global Flow S. A.</x:t>
   </x:si>
   <x:si>
     <x:t>30718257545</x:t>
   </x:si>
   <x:si>
     <x:t>Transferencia de activos virtuales</x:t>
   </x:si>
   <x:si>
     <x:t>www.globalflow.app</x:t>
@@ -920,59 +911,50 @@
   <x:si>
     <x:t>30718568923</x:t>
   </x:si>
   <x:si>
     <x:t>http://allariacrypto.com.ar</x:t>
   </x:si>
   <x:si>
     <x:t>Mango Cash S.A.</x:t>
   </x:si>
   <x:si>
     <x:t>30718859200</x:t>
   </x:si>
   <x:si>
     <x:t>https://mangocash.ar/</x:t>
   </x:si>
   <x:si>
     <x:t>Aura Legal SRL</x:t>
   </x:si>
   <x:si>
     <x:t>30718858042</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.aura.legal/es/</x:t>
   </x:si>
   <x:si>
-    <x:t>AimTech CJSC</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>OKX Fintech, S.A. de C.V. (Sucursal Argentina)</x:t>
   </x:si>
   <x:si>
     <x:t>30718911539</x:t>
   </x:si>
   <x:si>
     <x:t>Okx.com</x:t>
   </x:si>
   <x:si>
     <x:t>RedotX (Tango) Limited</x:t>
   </x:si>
   <x:si>
     <x:t>77450771</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.redotpay.com</x:t>
   </x:si>
   <x:si>
     <x:t>RINTRAL TRADING SL S.A</x:t>
   </x:si>
   <x:si>
     <x:t>30718866614</x:t>
   </x:si>
   <x:si>
     <x:t>https://nebeus.com/es</x:t>
@@ -1001,66 +983,81 @@
   <x:si>
     <x:t>7252328643</x:t>
   </x:si>
   <x:si>
     <x:t>www.bitget.com/es-AR/</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Payward Trading Ltd. </x:t>
   </x:si>
   <x:si>
     <x:t>981708477</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.kraken.com/</x:t>
   </x:si>
   <x:si>
     <x:t>BUENBIT CRIPTO S.A.</x:t>
   </x:si>
   <x:si>
     <x:t>30719064783</x:t>
   </x:si>
   <x:si>
     <x:t>https://buenbit.com/</x:t>
   </x:si>
   <x:si>
+    <x:t>ELUTER S.A.</x:t>
+  </x:si>
+  <x:si>
     <x:t>ELUTER</x:t>
   </x:si>
   <x:si>
     <x:t>30719026598</x:t>
   </x:si>
   <x:si>
     <x:t>https://www.eluter.com/</x:t>
   </x:si>
   <x:si>
     <x:t>DYNARIA S.R.L.</x:t>
   </x:si>
   <x:si>
     <x:t>30718899229</x:t>
   </x:si>
   <x:si>
-    <x:t>www.dinaria.com.ar</x:t>
+    <x:t>www.dynaria.com.ar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAY TREASURE CARAMEL S. A.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Lemon Cash </x:t>
+  </x:si>
+  <x:si>
+    <x:t>30717534952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>www.baytreasurecaramel.com.ar</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">            Listado de Registros PSAV - Personas Humanas</x:t>
   </x:si>
   <x:si>
     <x:t>Ariel Jesús Vandoni</x:t>
   </x:si>
   <x:si>
     <x:t>20299817998</x:t>
   </x:si>
   <x:si>
     <x:t>Transferencia de activos virtuales / Custodia y/o administración de activos virtuales o instrumentos que permitan el control sobre los mismos / Intercambio entre activos virtuales y monedas de curso legal (monedas fiduciarias) / Intercambio entre una (1) o más formas de activos virtuales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">finanxis.com.ar </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">FRANCISCO JOSE MOLINA </x:t>
   </x:si>
   <x:si>
     <x:t>23400924279</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -2376,1775 +2373,1755 @@
     <x:row r="32" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B32" s="9">
         <x:v>45469</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F32" s="10" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A33" s="1">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B33" s="9">
         <x:v>45475</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F33" s="10" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="F33" s="10" t="s">
+      <x:c r="G33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A34" s="1">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B34" s="9">
-        <x:v>45475</x:v>
+        <x:v>45476</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F34" s="10" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F34" s="10" t="s">
+      <x:c r="G34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A35" s="1">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B35" s="9">
-        <x:v>45476</x:v>
+        <x:v>45478</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F35" s="10" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F35" s="10" t="s">
+      <x:c r="G35" s="1" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A36" s="1">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B36" s="9">
-        <x:v>45478</x:v>
+        <x:v>45492</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="E36" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>11</x:v>
       </x:c>
       <x:c r="F36" s="10" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A37" s="1">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B37" s="9">
         <x:v>45492</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F37" s="10" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A38" s="1">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B38" s="9">
         <x:v>45492</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F38" s="10" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A39" s="1">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B39" s="9">
-        <x:v>45492</x:v>
+        <x:v>45497</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F39" s="10" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A40" s="1">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B40" s="9">
-        <x:v>45497</x:v>
+        <x:v>45509</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F40" s="10" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A41" s="1">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B41" s="9">
         <x:v>45509</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F41" s="10" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A42" s="1">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B42" s="9">
         <x:v>45509</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F42" s="10" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A43" s="1">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B43" s="9">
         <x:v>45509</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F43" s="10" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A44" s="1">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B44" s="9">
         <x:v>45509</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F44" s="10" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A45" s="1">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B45" s="9">
         <x:v>45509</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F45" s="10" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A46" s="1">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B46" s="9">
-        <x:v>45509</x:v>
+        <x:v>45513</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F46" s="10" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A47" s="1">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B47" s="9">
-        <x:v>45513</x:v>
+        <x:v>45518</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F47" s="10" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A48" s="1">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B48" s="9">
-        <x:v>45518</x:v>
+        <x:v>45520</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F48" s="10" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A49" s="1">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B49" s="9">
-        <x:v>45520</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F49" s="10" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A50" s="1">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B50" s="9">
-        <x:v>45526</x:v>
+        <x:v>45541</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F50" s="10" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A51" s="1">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B51" s="9">
         <x:v>45541</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F51" s="10" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A52" s="1">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B52" s="9">
         <x:v>45541</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F52" s="10" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A53" s="1">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B53" s="9">
-        <x:v>45541</x:v>
+        <x:v>45546</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F53" s="10" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A54" s="1">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B54" s="9">
-        <x:v>45546</x:v>
+        <x:v>45548</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F54" s="10" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A55" s="1">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B55" s="9">
-        <x:v>45548</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F55" s="10" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A56" s="1">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B56" s="9">
         <x:v>45555</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F56" s="10" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A57" s="1">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="9">
-        <x:v>45555</x:v>
+        <x:v>45579</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F57" s="10" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A58" s="1">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B58" s="9">
-        <x:v>45579</x:v>
+        <x:v>45586</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F58" s="10" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A59" s="1">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B59" s="9">
         <x:v>45586</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F59" s="10" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A60" s="1">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B60" s="9">
-        <x:v>45586</x:v>
+        <x:v>45590</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F60" s="10" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A61" s="1">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B61" s="9">
         <x:v>45590</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F61" s="10" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A62" s="1">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B62" s="9">
-        <x:v>45590</x:v>
+        <x:v>45616</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F62" s="10" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A63" s="1">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B63" s="9">
         <x:v>45616</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F63" s="10" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>212</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A64" s="1">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B64" s="9">
         <x:v>45616</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F64" s="10" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A65" s="1">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B65" s="9">
-        <x:v>45616</x:v>
+        <x:v>45632</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F65" s="10" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A66" s="1">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B66" s="9">
-        <x:v>45632</x:v>
+        <x:v>45646</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F66" s="10" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A67" s="1">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B67" s="9">
-        <x:v>45646</x:v>
+        <x:v>45663</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F67" s="10" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A68" s="1">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B68" s="9">
-        <x:v>45663</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F68" s="10" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A69" s="1">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B69" s="9">
-        <x:v>45664</x:v>
+        <x:v>45673</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F69" s="10" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A70" s="1">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B70" s="9">
-        <x:v>45673</x:v>
+        <x:v>45678</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F70" s="10" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A71" s="1">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B71" s="9">
-        <x:v>45678</x:v>
+        <x:v>45313</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F71" s="10" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A72" s="1">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B72" s="9">
-        <x:v>45313</x:v>
+        <x:v>45681</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F72" s="10" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A73" s="1">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B73" s="9">
-        <x:v>45681</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F73" s="10" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A74" s="1">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B74" s="9">
         <x:v>45688</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F74" s="10" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A75" s="1">
-        <x:v>106</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B75" s="9">
-        <x:v>45688</x:v>
+        <x:v>45707</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F75" s="10" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A76" s="1">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B76" s="9">
         <x:v>45707</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F76" s="10" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A77" s="1">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B77" s="9">
         <x:v>45707</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F77" s="10" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F77" s="10" t="s">
+      <x:c r="G77" s="1" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A78" s="1">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B78" s="9">
         <x:v>45707</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F78" s="10" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A79" s="1">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B79" s="9">
         <x:v>45707</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F79" s="10" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A80" s="1">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B80" s="9">
         <x:v>45707</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F80" s="10" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A81" s="1">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B81" s="9">
         <x:v>45707</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F81" s="10" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A82" s="1">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B82" s="9">
         <x:v>45707</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F82" s="10" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A83" s="1">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B83" s="9">
         <x:v>45707</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="E83" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F83" s="10" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="E83" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F83" s="10" t="s">
+      <x:c r="G83" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H83" s="1" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A84" s="1">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B84" s="9">
         <x:v>45707</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F84" s="10" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A85" s="1">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B85" s="9">
         <x:v>45707</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F85" s="10" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A86" s="1">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B86" s="9">
         <x:v>45707</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F86" s="10" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A87" s="1">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B87" s="9">
         <x:v>45707</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F87" s="10" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A88" s="1">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B88" s="9">
-        <x:v>45707</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F88" s="10" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A89" s="1">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B89" s="9">
-        <x:v>45722</x:v>
+        <x:v>45741</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F89" s="10" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A90" s="1">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B90" s="9">
         <x:v>45741</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F90" s="10" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A91" s="1">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B91" s="9">
-        <x:v>45741</x:v>
+        <x:v>45768</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F91" s="10" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A92" s="1">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B92" s="9">
-        <x:v>45741</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F92" s="10" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A93" s="1">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B93" s="9">
-        <x:v>45768</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F93" s="10" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A94" s="1">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B94" s="9">
-        <x:v>45775</x:v>
+        <x:v>45784</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F94" s="10" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A95" s="1">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B95" s="9">
-        <x:v>45775</x:v>
+        <x:v>45784</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F95" s="10" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A96" s="1">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B96" s="9">
-        <x:v>45784</x:v>
+        <x:v>45786</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F96" s="10" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H96" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A97" s="1">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B97" s="9">
-        <x:v>45784</x:v>
+        <x:v>45786</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="E97" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F97" s="10" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="E97" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F97" s="10" t="s">
+      <x:c r="G97" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H97" s="1" t="s">
         <x:v>314</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A98" s="1">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B98" s="9">
-        <x:v>45786</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
+      <x:c r="D98" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F98" s="10" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A99" s="1">
-        <x:v>155</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B99" s="9">
-        <x:v>45786</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
+      <x:c r="D99" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
       <x:c r="E99" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F99" s="10" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A100" s="1">
-        <x:v>156</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B100" s="9">
-        <x:v>45944</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F100" s="10" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="17.4" customHeight="1">
       <x:c r="A101" s="1">
-        <x:v>157</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B101" s="9">
-        <x:v>45944</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F101" s="10" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>326</x:v>
-[...18 lines deleted...]
-      <x:c r="F102" s="10" t="s">
         <x:v>328</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>329</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" r:id="rId1"/>
   <x:headerFooter/>
   <x:drawing r:id="rId2"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:H3"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0">
       <x:selection activeCell="A3" sqref="A3"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultColWidth="11.420625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <x:cols>
     <x:col min="1" max="1" width="17.777344" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="16.777344" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="50.777344" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="13.777344" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="25.777344" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="92.777344" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="65.777344" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="60.777344" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:8" ht="61.95" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="11" t="s">
-        <x:v>330</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:8" ht="37.05" customHeight="1" x14ac:dyDescent="0.3">
       <x:c r="A2" s="16" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B2" s="16" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C2" s="16" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D2" s="16" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E2" s="16" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F2" s="16" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G2" s="16" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H2" s="16" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:8" ht="17.4" customHeight="1" x14ac:dyDescent="0.45">
       <x:c r="A3" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B3" s="9">
         <x:v>45741</x:v>
       </x:c>
       <x:c r="C3" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="D3" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E3" s="10" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D3" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E3" s="10" t="s">
+      <x:c r="F3" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="F3" s="1" t="s">
+      <x:c r="G3" s="1" t="s">
         <x:v>333</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:8" ht="17.4" customHeight="1">
       <x:c r="A4" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B4" s="9">
         <x:v>45790</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="D4" s="1" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="E4" s="10" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="D4" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F4" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:drawing r:id="rId1"/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>